--- v0 (2025-11-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="852">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1134,128 +1134,128 @@
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
   </si>
   <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
   </si>
   <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
     <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
   </si>
   <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
@@ -1456,81 +1456,81 @@
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
@@ -1544,50 +1544,53 @@
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -2067,50 +2070,53 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
     <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
   </si>
   <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
@@ -2410,136 +2416,142 @@
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
     <t>This policy covers regenerative rolling reheating furnaces.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
+    <t>Kitchen</t>
+  </si>
+  <si>
+    <t>GB 39177-2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>MEPS for electric pressure cookers</t>
   </si>
   <si>
-    <t>Kitchen</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
-[...7 lines deleted...]
-  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
@@ -2623,50 +2635,53 @@
     <t>Quality Standard</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
   </si>
   <si>
     <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
   </si>
   <si>
     <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
   </si>
   <si>
     <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
   </si>
   <si>
     <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6049,265 +6064,267 @@
       </c>
       <c r="P62" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>370</v>
       </c>
       <c r="B63" t="s">
         <v>142</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
         <v>143</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>341</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>371</v>
       </c>
       <c r="H63">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I63"/>
+        <v>1989</v>
+      </c>
+      <c r="I63">
+        <v>2017</v>
+      </c>
       <c r="J63" t="s">
-        <v>23</v>
+        <v>372</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
         <v>144</v>
       </c>
       <c r="M63" t="s">
         <v>356</v>
       </c>
       <c r="N63" t="s">
         <v>34</v>
       </c>
       <c r="O63" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="P63" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B64" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>341</v>
       </c>
       <c r="G64" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="H64">
         <v>1989</v>
       </c>
       <c r="I64">
         <v>2009</v>
       </c>
       <c r="J64" t="s">
-        <v>51</v>
+        <v>372</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>190</v>
       </c>
       <c r="M64" t="s">
         <v>26</v>
       </c>
       <c r="N64" t="s">
         <v>34</v>
       </c>
       <c r="O64" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="P64" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B65" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>341</v>
       </c>
       <c r="G65" t="s">
         <v>75</v>
       </c>
       <c r="H65">
         <v>1989</v>
       </c>
       <c r="I65">
         <v>2021</v>
       </c>
       <c r="J65" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="M65" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N65" t="s">
         <v>34</v>
       </c>
       <c r="O65" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P65" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B66" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>341</v>
       </c>
       <c r="G66" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="H66">
         <v>2000</v>
       </c>
       <c r="I66">
         <v>2012</v>
       </c>
       <c r="J66" t="s">
-        <v>51</v>
+        <v>372</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M66" t="s">
         <v>26</v>
       </c>
       <c r="N66" t="s">
         <v>34</v>
       </c>
       <c r="O66" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="P66" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B67" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C67" t="s">
         <v>18</v>
       </c>
       <c r="D67" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>341</v>
       </c>
       <c r="G67" t="s">
         <v>75</v>
       </c>
       <c r="H67">
         <v>1999</v>
       </c>
       <c r="I67">
         <v>2022</v>
       </c>
       <c r="J67" t="s">
-        <v>394</v>
+        <v>372</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N67" t="s">
         <v>34</v>
       </c>
       <c r="O67" t="s">
         <v>395</v>
       </c>
       <c r="P67" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>397</v>
       </c>
       <c r="B68" t="s">
         <v>398</v>
       </c>
       <c r="C68" t="s">
         <v>18</v>
       </c>
       <c r="D68" t="s">
         <v>57</v>
       </c>
       <c r="E68" t="s">
@@ -6486,69 +6503,69 @@
       </c>
       <c r="M71" t="s">
         <v>26</v>
       </c>
       <c r="N71" t="s">
         <v>34</v>
       </c>
       <c r="O71" t="s">
         <v>414</v>
       </c>
       <c r="P71" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>416</v>
       </c>
       <c r="B72" t="s">
         <v>417</v>
       </c>
       <c r="C72" t="s">
         <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>341</v>
       </c>
       <c r="G72" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="H72">
         <v>2005</v>
       </c>
       <c r="I72">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="J72" t="s">
-        <v>51</v>
+        <v>372</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72" t="s">
         <v>418</v>
       </c>
       <c r="M72" t="s">
         <v>26</v>
       </c>
       <c r="N72" t="s">
         <v>34</v>
       </c>
       <c r="O72" t="s">
         <v>419</v>
       </c>
       <c r="P72" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>421</v>
       </c>
       <c r="B73" t="s">
@@ -6834,69 +6851,69 @@
       </c>
       <c r="M78" t="s">
         <v>26</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
         <v>452</v>
       </c>
       <c r="P78" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>454</v>
       </c>
       <c r="B79" t="s">
         <v>455</v>
       </c>
       <c r="C79" t="s">
         <v>18</v>
       </c>
       <c r="D79" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>341</v>
       </c>
       <c r="G79" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="H79">
         <v>2005</v>
       </c>
       <c r="I79">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J79" t="s">
-        <v>51</v>
+        <v>372</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
         <v>456</v>
       </c>
       <c r="M79" t="s">
         <v>26</v>
       </c>
       <c r="N79" t="s">
         <v>34</v>
       </c>
       <c r="O79" t="s">
         <v>457</v>
       </c>
       <c r="P79" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>459</v>
       </c>
       <c r="B80" t="s">
@@ -6943,89 +6960,89 @@
       </c>
       <c r="P80" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>464</v>
       </c>
       <c r="B81" t="s">
         <v>465</v>
       </c>
       <c r="C81" t="s">
         <v>18</v>
       </c>
       <c r="D81" t="s">
         <v>466</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>341</v>
       </c>
       <c r="G81" t="s">
-        <v>75</v>
+        <v>467</v>
       </c>
       <c r="H81">
         <v>2007</v>
       </c>
       <c r="I81">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J81" t="s">
         <v>51</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="M81" t="s">
         <v>26</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="P81" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B82" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C82" t="s">
-        <v>472</v>
+        <v>18</v>
       </c>
       <c r="D82" t="s">
         <v>473</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>341</v>
       </c>
       <c r="G82" t="s">
         <v>8</v>
       </c>
       <c r="H82">
         <v>2007</v>
       </c>
       <c r="I82">
         <v>2025</v>
       </c>
       <c r="J82" t="s">
         <v>474</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
@@ -7143,3606 +7160,3608 @@
       </c>
       <c r="P84" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>487</v>
       </c>
       <c r="B85" t="s">
         <v>488</v>
       </c>
       <c r="C85" t="s">
         <v>18</v>
       </c>
       <c r="D85" t="s">
         <v>489</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>341</v>
       </c>
       <c r="G85" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="H85">
         <v>2008</v>
       </c>
       <c r="I85">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J85" t="s">
-        <v>51</v>
+        <v>372</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85" t="s">
         <v>490</v>
       </c>
       <c r="M85" t="s">
         <v>26</v>
       </c>
       <c r="N85" t="s">
         <v>34</v>
       </c>
       <c r="O85" t="s">
         <v>491</v>
       </c>
       <c r="P85" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>493</v>
       </c>
       <c r="B86" t="s">
         <v>494</v>
       </c>
       <c r="C86" t="s">
-        <v>472</v>
+        <v>495</v>
       </c>
       <c r="D86" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>341</v>
       </c>
       <c r="G86" t="s">
         <v>75</v>
       </c>
       <c r="H86">
         <v>2008</v>
       </c>
       <c r="I86">
         <v>2024</v>
       </c>
       <c r="J86" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="M86" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N86" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="O86" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="P86" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B87" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C87" t="s">
         <v>18</v>
       </c>
       <c r="D87" t="s">
         <v>19</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>341</v>
       </c>
       <c r="G87" t="s">
         <v>75</v>
       </c>
       <c r="H87">
         <v>2008</v>
       </c>
       <c r="I87">
         <v>2008</v>
       </c>
       <c r="J87" t="s">
         <v>51</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
         <v>25</v>
       </c>
       <c r="M87" t="s">
         <v>26</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="P87" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B88" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C88" t="s">
         <v>18</v>
       </c>
       <c r="D88" t="s">
         <v>172</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>341</v>
       </c>
       <c r="G88" t="s">
         <v>75</v>
       </c>
       <c r="H88">
         <v>2008</v>
       </c>
       <c r="I88">
         <v>2011</v>
       </c>
       <c r="J88" t="s">
         <v>51</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
         <v>173</v>
       </c>
       <c r="M88" t="s">
         <v>26</v>
       </c>
       <c r="N88" t="s">
         <v>34</v>
       </c>
       <c r="O88" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="P88" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B89" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C89" t="s">
         <v>18</v>
       </c>
       <c r="D89" t="s">
         <v>178</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>341</v>
       </c>
       <c r="G89" t="s">
         <v>75</v>
       </c>
       <c r="H89">
         <v>2008</v>
       </c>
       <c r="I89">
         <v>2016</v>
       </c>
       <c r="J89" t="s">
         <v>51</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="M89" t="s">
         <v>26</v>
       </c>
       <c r="N89" t="s">
         <v>34</v>
       </c>
       <c r="O89" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="P89" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B90" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C90" t="s">
         <v>18</v>
       </c>
       <c r="D90" t="s">
         <v>282</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>341</v>
       </c>
       <c r="G90" t="s">
         <v>75</v>
       </c>
       <c r="H90">
         <v>2010</v>
       </c>
       <c r="I90">
         <v>2015</v>
       </c>
       <c r="J90" t="s">
         <v>51</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
         <v>283</v>
       </c>
       <c r="M90" t="s">
         <v>26</v>
       </c>
       <c r="N90" t="s">
         <v>34</v>
       </c>
       <c r="O90" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="P90" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B91" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>341</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2010</v>
       </c>
       <c r="I91">
         <v>2021</v>
       </c>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91" t="s">
         <v>160</v>
       </c>
       <c r="L91" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="M91" t="s">
         <v>26</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="P91" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="B92" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>341</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2010</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>51</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="M92" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="P92" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B93" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
         <v>230</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>341</v>
       </c>
       <c r="G93" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="H93">
         <v>2010</v>
       </c>
       <c r="I93">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J93" t="s">
-        <v>23</v>
+        <v>372</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
         <v>127</v>
       </c>
       <c r="M93" t="s">
         <v>26</v>
       </c>
       <c r="N93" t="s">
         <v>34</v>
       </c>
       <c r="O93" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="P93" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B94" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
         <v>83</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>341</v>
       </c>
       <c r="G94" t="s">
         <v>75</v>
       </c>
       <c r="H94">
         <v>1989</v>
       </c>
       <c r="I94">
         <v>2016</v>
       </c>
       <c r="J94" t="s">
         <v>51</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
         <v>84</v>
       </c>
       <c r="M94" t="s">
         <v>26</v>
       </c>
       <c r="N94" t="s">
         <v>34</v>
       </c>
       <c r="O94" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="P94" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B95" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>341</v>
       </c>
       <c r="G95" t="s">
         <v>75</v>
       </c>
       <c r="H95">
         <v>2010</v>
       </c>
       <c r="I95">
         <v>2021</v>
       </c>
       <c r="J95" t="s">
         <v>76</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M95" t="s">
         <v>356</v>
       </c>
       <c r="N95" t="s">
         <v>34</v>
       </c>
       <c r="O95" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="P95" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B96" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
         <v>322</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>341</v>
       </c>
       <c r="G96" t="s">
         <v>75</v>
       </c>
       <c r="H96">
         <v>2011</v>
       </c>
       <c r="I96">
         <v>2020</v>
       </c>
       <c r="J96" t="s">
         <v>51</v>
       </c>
       <c r="K96" t="s">
         <v>312</v>
       </c>
       <c r="L96" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M96" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N96" t="s">
         <v>314</v>
       </c>
       <c r="O96" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P96" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B97" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C97" t="s">
         <v>18</v>
       </c>
       <c r="D97" t="s">
         <v>310</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>341</v>
       </c>
       <c r="G97" t="s">
         <v>75</v>
       </c>
       <c r="H97">
         <v>2010</v>
       </c>
       <c r="I97">
         <v>2017</v>
       </c>
       <c r="J97" t="s">
         <v>51</v>
       </c>
       <c r="K97" t="s">
         <v>312</v>
       </c>
       <c r="L97" t="s">
         <v>325</v>
       </c>
       <c r="M97" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N97" t="s">
         <v>314</v>
       </c>
       <c r="O97" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="P97" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B98" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C98" t="s">
         <v>18</v>
       </c>
       <c r="D98" t="s">
         <v>109</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>341</v>
       </c>
       <c r="G98" t="s">
         <v>75</v>
       </c>
       <c r="H98">
         <v>2011</v>
       </c>
       <c r="I98">
         <v>2016</v>
       </c>
       <c r="J98" t="s">
         <v>51</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
         <v>110</v>
       </c>
       <c r="M98" t="s">
         <v>26</v>
       </c>
       <c r="N98" t="s">
         <v>34</v>
       </c>
       <c r="O98" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="P98" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="B99" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
         <v>32</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>341</v>
       </c>
       <c r="G99" t="s">
         <v>75</v>
       </c>
       <c r="H99">
         <v>2011</v>
       </c>
       <c r="I99">
         <v>2012</v>
       </c>
       <c r="J99" t="s">
         <v>51</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
         <v>248</v>
       </c>
       <c r="M99" t="s">
         <v>26</v>
       </c>
       <c r="N99" t="s">
         <v>34</v>
       </c>
       <c r="O99" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="P99" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B100" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C100" t="s">
         <v>18</v>
       </c>
       <c r="D100" t="s">
         <v>32</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>341</v>
       </c>
       <c r="G100" t="s">
         <v>75</v>
       </c>
       <c r="H100">
         <v>2011</v>
       </c>
       <c r="I100">
         <v>2017</v>
       </c>
       <c r="J100" t="s">
         <v>51</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="M100" t="s">
         <v>26</v>
       </c>
       <c r="N100" t="s">
         <v>34</v>
       </c>
       <c r="O100" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="P100" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B101" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C101" t="s">
         <v>18</v>
       </c>
       <c r="D101" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>341</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2021</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>23</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="M101" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N101" t="s">
         <v>34</v>
       </c>
       <c r="O101" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P101" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B102" t="s">
         <v>235</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
         <v>172</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>341</v>
       </c>
       <c r="G102" t="s">
-        <v>75</v>
+        <v>354</v>
       </c>
       <c r="H102">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I102">
         <v>2012</v>
       </c>
       <c r="J102" t="s">
-        <v>51</v>
+        <v>372</v>
       </c>
       <c r="K102" t="s">
         <v>236</v>
       </c>
       <c r="L102" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="M102" t="s">
         <v>26</v>
       </c>
       <c r="N102" t="s">
         <v>34</v>
       </c>
       <c r="O102" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="P102" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B103" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
         <v>172</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>341</v>
       </c>
       <c r="G103" t="s">
         <v>8</v>
       </c>
       <c r="H103">
         <v>2011</v>
       </c>
       <c r="I103">
         <v>2025</v>
       </c>
       <c r="J103" t="s">
-        <v>394</v>
+        <v>372</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
       <c r="L103" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="M103" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N103" t="s">
         <v>34</v>
       </c>
       <c r="O103" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="P103" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B104" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C104" t="s">
         <v>18</v>
       </c>
       <c r="D104" t="s">
         <v>318</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>341</v>
       </c>
       <c r="G104" t="s">
         <v>75</v>
       </c>
       <c r="H104">
         <v>2012</v>
       </c>
       <c r="I104">
         <v>2020</v>
       </c>
       <c r="J104" t="s">
         <v>51</v>
       </c>
       <c r="K104" t="s">
         <v>312</v>
       </c>
       <c r="L104" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="M104" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N104" t="s">
         <v>314</v>
       </c>
       <c r="O104" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="P104" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B105" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C105" t="s">
         <v>18</v>
       </c>
       <c r="D105" t="s">
         <v>320</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>341</v>
       </c>
       <c r="G105" t="s">
         <v>75</v>
       </c>
       <c r="H105">
         <v>2013</v>
       </c>
       <c r="I105">
         <v>2020</v>
       </c>
       <c r="J105" t="s">
         <v>51</v>
       </c>
       <c r="K105" t="s">
         <v>312</v>
       </c>
       <c r="L105" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="M105" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N105" t="s">
         <v>314</v>
       </c>
       <c r="O105" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="P105" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B106" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
         <v>310</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>341</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>2013</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>23</v>
       </c>
       <c r="K106" t="s">
         <v>312</v>
       </c>
       <c r="L106" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="M106" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N106" t="s">
         <v>314</v>
       </c>
       <c r="O106" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="P106" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B107" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
         <v>242</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>341</v>
       </c>
       <c r="G107" t="s">
         <v>75</v>
       </c>
       <c r="H107">
         <v>2012</v>
       </c>
       <c r="I107">
         <v>2016</v>
       </c>
       <c r="J107" t="s">
         <v>51</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="M107" t="s">
         <v>26</v>
       </c>
       <c r="N107" t="s">
         <v>34</v>
       </c>
       <c r="O107" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="P107" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B108" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
         <v>214</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>341</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2012</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>23</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="M108" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="P108" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B109" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>341</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2020</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>23</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="M109" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="P109" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B110" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
         <v>259</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>341</v>
       </c>
       <c r="G110" t="s">
         <v>75</v>
       </c>
       <c r="H110">
         <v>2003</v>
       </c>
       <c r="I110">
         <v>2013</v>
       </c>
       <c r="J110" t="s">
         <v>51</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="M110" t="s">
         <v>26</v>
       </c>
       <c r="N110" t="s">
         <v>34</v>
       </c>
       <c r="O110" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P110" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B111" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>341</v>
       </c>
       <c r="G111" t="s">
-        <v>75</v>
+        <v>371</v>
       </c>
       <c r="H111">
         <v>2000</v>
       </c>
       <c r="I111">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J111" t="s">
         <v>51</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="M111" t="s">
         <v>26</v>
       </c>
       <c r="N111" t="s">
         <v>34</v>
       </c>
       <c r="O111" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="P111" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B112" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>341</v>
       </c>
       <c r="G112" t="s">
         <v>75</v>
       </c>
       <c r="H112">
         <v>2003</v>
       </c>
       <c r="I112">
         <v>2013</v>
       </c>
       <c r="J112" t="s">
         <v>51</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M112" t="s">
         <v>26</v>
       </c>
       <c r="N112" t="s">
         <v>34</v>
       </c>
       <c r="O112" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P112" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B113" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
         <v>265</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>341</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2013</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>51</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="M113" t="s">
         <v>26</v>
       </c>
       <c r="N113" t="s">
         <v>34</v>
       </c>
       <c r="O113" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="P113" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B114" t="s">
         <v>50</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
         <v>68</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>341</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2013</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>23</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
         <v>52</v>
       </c>
       <c r="M114" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N114" t="s">
         <v>34</v>
       </c>
       <c r="O114" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="P114" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B115" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>172</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>341</v>
       </c>
       <c r="G115" t="s">
         <v>75</v>
       </c>
       <c r="H115">
         <v>2008</v>
       </c>
       <c r="I115">
         <v>2013</v>
       </c>
       <c r="J115" t="s">
         <v>51</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="M115" t="s">
         <v>26</v>
       </c>
       <c r="N115" t="s">
         <v>34</v>
       </c>
       <c r="O115" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="P115" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B116" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
         <v>63</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>341</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2014</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>51</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
         <v>58</v>
       </c>
       <c r="M116" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="P116" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B117" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>341</v>
       </c>
       <c r="G117" t="s">
         <v>433</v>
       </c>
       <c r="H117" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="I117">
         <v>2024</v>
       </c>
       <c r="J117" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="P117" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B118" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
         <v>57</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>341</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2014</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
         <v>51</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="M118" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="P118" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B119" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
         <v>259</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>341</v>
       </c>
       <c r="G119" t="s">
         <v>75</v>
       </c>
       <c r="H119">
         <v>2013</v>
       </c>
       <c r="I119">
         <v>2020</v>
       </c>
       <c r="J119" t="s">
         <v>51</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="M119" t="s">
         <v>26</v>
       </c>
       <c r="N119" t="s">
         <v>34</v>
       </c>
       <c r="O119" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="P119" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B120" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
         <v>288</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>341</v>
       </c>
       <c r="G120" t="s">
-        <v>22</v>
+        <v>662</v>
       </c>
       <c r="H120">
+        <v>2014</v>
+      </c>
+      <c r="I120">
         <v>2015</v>
       </c>
-      <c r="I120"/>
       <c r="J120" t="s">
         <v>51</v>
       </c>
       <c r="K120" t="s">
         <v>160</v>
       </c>
       <c r="L120" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="M120" t="s">
         <v>26</v>
       </c>
       <c r="N120" t="s">
         <v>34</v>
       </c>
       <c r="O120" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="P120" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B121" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
         <v>310</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>341</v>
       </c>
       <c r="G121" t="s">
         <v>75</v>
       </c>
       <c r="H121">
         <v>2014</v>
       </c>
       <c r="I121">
         <v>2020</v>
       </c>
       <c r="J121" t="s">
         <v>51</v>
       </c>
       <c r="K121" t="s">
         <v>312</v>
       </c>
       <c r="L121" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="M121" t="s">
         <v>313</v>
       </c>
       <c r="N121" t="s">
         <v>314</v>
       </c>
       <c r="O121" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="P121" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B122" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>341</v>
       </c>
       <c r="G122" t="s">
-        <v>75</v>
+        <v>354</v>
       </c>
       <c r="H122">
         <v>2008</v>
       </c>
       <c r="I122">
         <v>2015</v>
       </c>
       <c r="J122" t="s">
-        <v>51</v>
+        <v>372</v>
       </c>
       <c r="K122" t="s">
         <v>160</v>
       </c>
       <c r="L122" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="M122" t="s">
         <v>26</v>
       </c>
       <c r="N122" t="s">
         <v>34</v>
       </c>
       <c r="O122" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="P122" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B123" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
         <v>137</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>341</v>
       </c>
       <c r="G123" t="s">
         <v>75</v>
       </c>
       <c r="H123">
         <v>2008</v>
       </c>
       <c r="I123">
         <v>2015</v>
       </c>
       <c r="J123" t="s">
         <v>51</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="M123" t="s">
         <v>26</v>
       </c>
       <c r="N123" t="s">
         <v>34</v>
       </c>
       <c r="O123" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="P123" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B124" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>341</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2015</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
         <v>51</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="M124" t="s">
         <v>26</v>
       </c>
       <c r="N124" t="s">
         <v>34</v>
       </c>
       <c r="O124" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="P124" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B125" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
         <v>259</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>341</v>
       </c>
       <c r="G125" t="s">
         <v>75</v>
       </c>
       <c r="H125">
         <v>2005</v>
       </c>
       <c r="I125">
         <v>2015</v>
       </c>
       <c r="J125" t="s">
         <v>51</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="M125" t="s">
         <v>26</v>
       </c>
       <c r="N125" t="s">
         <v>34</v>
       </c>
       <c r="O125" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="P125" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="B126" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
         <v>97</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>341</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2016</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
         <v>51</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="M126" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N126" t="s">
         <v>34</v>
       </c>
       <c r="O126" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="P126" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="B127" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
         <v>445</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>341</v>
       </c>
       <c r="G127" t="s">
         <v>75</v>
       </c>
       <c r="H127">
         <v>2005</v>
       </c>
       <c r="I127">
         <v>2016</v>
       </c>
       <c r="J127" t="s">
         <v>51</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="M127" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="P127" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="B128" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
         <v>121</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>341</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2016</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
         <v>51</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="M128" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N128" t="s">
         <v>34</v>
       </c>
       <c r="O128" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="P128" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="B129" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C129" t="s">
         <v>18</v>
       </c>
       <c r="D129" t="s">
         <v>445</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>341</v>
       </c>
       <c r="G129" t="s">
         <v>75</v>
       </c>
       <c r="H129">
         <v>2005</v>
       </c>
       <c r="I129">
         <v>2017</v>
       </c>
       <c r="J129" t="s">
         <v>51</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="M129" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="P129" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="B130" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>341</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
         <v>2017</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>51</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="M130" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="P130" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B131" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
         <v>334</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>341</v>
       </c>
       <c r="G131" t="s">
         <v>75</v>
       </c>
       <c r="H131">
         <v>2017</v>
       </c>
       <c r="I131">
         <v>2021</v>
       </c>
       <c r="J131" t="s">
         <v>76</v>
       </c>
       <c r="K131" t="s">
         <v>312</v>
       </c>
       <c r="L131" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="M131" t="s">
         <v>356</v>
       </c>
       <c r="N131" t="s">
         <v>314</v>
       </c>
       <c r="O131" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="P131" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B132" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>341</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2019</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
         <v>23</v>
       </c>
       <c r="K132" t="s">
         <v>24</v>
       </c>
       <c r="L132" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="M132" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N132" t="s">
         <v>34</v>
       </c>
       <c r="O132" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="P132" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="B133" t="s">
         <v>102</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
         <v>103</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>341</v>
       </c>
       <c r="G133" t="s">
-        <v>22</v>
+        <v>371</v>
       </c>
       <c r="H133">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>23</v>
+        <v>372</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
         <v>104</v>
       </c>
       <c r="M133" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N133" t="s">
         <v>34</v>
       </c>
       <c r="O133" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="P133" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B134" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
         <v>103</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>341</v>
       </c>
       <c r="G134" t="s">
         <v>75</v>
       </c>
       <c r="H134">
         <v>2018</v>
       </c>
       <c r="I134">
         <v>2024</v>
       </c>
       <c r="J134" t="s">
-        <v>394</v>
+        <v>372</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="M134" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N134" t="s">
         <v>34</v>
       </c>
       <c r="O134" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="P134" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="B135" t="s">
         <v>126</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>45</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>341</v>
       </c>
       <c r="G135" t="s">
-        <v>22</v>
+        <v>662</v>
       </c>
       <c r="H135">
         <v>2020</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
         <v>23</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
         <v>127</v>
       </c>
       <c r="M135" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N135" t="s">
         <v>34</v>
       </c>
       <c r="O135" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="P135" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B136" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
         <v>45</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>341</v>
       </c>
       <c r="G136" t="s">
         <v>8</v>
       </c>
       <c r="H136">
         <v>1989</v>
       </c>
       <c r="I136">
         <v>2025</v>
       </c>
       <c r="J136" t="s">
         <v>362</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="M136" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N136" t="s">
         <v>34</v>
       </c>
       <c r="O136" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="P136" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B137" t="s">
         <v>38</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
         <v>39</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>341</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2020</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
         <v>23</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
         <v>40</v>
       </c>
       <c r="M137" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N137" t="s">
         <v>34</v>
       </c>
       <c r="O137" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="P137" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B138" t="s">
         <v>136</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
         <v>137</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>341</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2020</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
         <v>23</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
         <v>138</v>
       </c>
       <c r="M138" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N138" t="s">
         <v>34</v>
       </c>
       <c r="O138" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="P138" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B139" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>445</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>341</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2020</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>23</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="M139" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="P139" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B140" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
         <v>103</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>341</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2020</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>23</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="M140" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="P140" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B141" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
         <v>445</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>341</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2020</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>23</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="M141" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N141" t="s">
         <v>34</v>
       </c>
       <c r="O141" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="P141" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="B142" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>341</v>
       </c>
       <c r="G142" t="s">
-        <v>22</v>
+        <v>662</v>
       </c>
       <c r="H142">
         <v>2021</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>23</v>
       </c>
       <c r="K142" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="L142" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="M142" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N142" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="O142" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="P142" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="B143" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>341</v>
       </c>
       <c r="G143" t="s">
         <v>8</v>
       </c>
       <c r="H143">
         <v>2019</v>
       </c>
       <c r="I143">
         <v>2025</v>
       </c>
       <c r="J143" t="s">
-        <v>380</v>
+        <v>775</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="M143" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N143" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="O143" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="P143" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="B144" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
         <v>310</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>341</v>
       </c>
       <c r="G144" t="s">
-        <v>22</v>
+        <v>781</v>
       </c>
       <c r="H144">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>23</v>
+        <v>372</v>
       </c>
       <c r="K144" t="s">
         <v>312</v>
       </c>
       <c r="L144" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="M144" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N144" t="s">
         <v>314</v>
       </c>
       <c r="O144" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="P144" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="B145" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
         <v>310</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>341</v>
       </c>
       <c r="G145" t="s">
         <v>8</v>
       </c>
       <c r="H145">
         <v>2019</v>
       </c>
       <c r="I145">
         <v>2025</v>
       </c>
       <c r="J145" t="s">
-        <v>394</v>
+        <v>372</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N145" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="O145" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="P145" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="B146" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C146" t="s">
         <v>18</v>
       </c>
       <c r="D146" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>341</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2020</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
         <v>23</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
         <v>127</v>
       </c>
       <c r="M146" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="P146" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="B147" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="C147" t="s">
         <v>18</v>
       </c>
       <c r="D147" t="s">
         <v>132</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>341</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2021</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
         <v>23</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
         <v>127</v>
       </c>
       <c r="M147" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="N147" t="s">
         <v>34</v>
       </c>
       <c r="O147" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="P147" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="B148" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="C148" t="s">
         <v>18</v>
       </c>
       <c r="D148" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>341</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2021</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
         <v>76</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="M148" t="s">
         <v>356</v>
       </c>
       <c r="N148" t="s">
         <v>34</v>
       </c>
       <c r="O148" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="P148" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="B149" t="s">
+        <v>803</v>
+      </c>
+      <c r="C149" t="s">
+        <v>18</v>
+      </c>
+      <c r="D149" t="s">
         <v>799</v>
-      </c>
-[...4 lines deleted...]
-        <v>795</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>341</v>
       </c>
       <c r="G149" t="s">
-        <v>22</v>
+        <v>371</v>
       </c>
       <c r="H149">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>76</v>
+        <v>372</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="M149" t="s">
         <v>356</v>
       </c>
       <c r="N149" t="s">
         <v>34</v>
       </c>
       <c r="O149" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="P149" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="B150" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="C150" t="s">
         <v>18</v>
       </c>
       <c r="D150" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>341</v>
       </c>
       <c r="G150" t="s">
         <v>75</v>
       </c>
       <c r="H150">
         <v>2003</v>
       </c>
       <c r="I150">
         <v>2013</v>
       </c>
       <c r="J150" t="s">
         <v>51</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="M150" t="s">
         <v>26</v>
       </c>
       <c r="N150" t="s">
         <v>34</v>
       </c>
       <c r="O150" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="P150" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="B151" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="C151" t="s">
         <v>18</v>
       </c>
       <c r="D151" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>341</v>
       </c>
       <c r="G151" t="s">
         <v>8</v>
       </c>
       <c r="H151">
         <v>2014</v>
       </c>
       <c r="I151">
         <v>2025</v>
       </c>
       <c r="J151" t="s">
-        <v>394</v>
+        <v>372</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="N151" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="O151" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="P151" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="B152" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="C152" t="s">
         <v>340</v>
       </c>
       <c r="D152" t="s">
         <v>259</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>341</v>
       </c>
       <c r="G152" t="s">
         <v>75</v>
       </c>
       <c r="H152">
         <v>2016</v>
       </c>
       <c r="I152">
         <v>2018</v>
       </c>
       <c r="J152" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="M152" t="s">
         <v>343</v>
       </c>
       <c r="N152" t="s">
         <v>34</v>
       </c>
       <c r="O152" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="P152" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B153" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C153" t="s">
         <v>340</v>
       </c>
       <c r="D153" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>341</v>
       </c>
       <c r="G153" t="s">
         <v>75</v>
       </c>
       <c r="H153">
         <v>2016</v>
       </c>
       <c r="I153">
         <v>2018</v>
       </c>
       <c r="J153" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="M153" t="s">
         <v>343</v>
       </c>
       <c r="N153" t="s">
         <v>34</v>
       </c>
       <c r="O153" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="P153" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B154" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="C154" t="s">
         <v>340</v>
       </c>
       <c r="D154" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>341</v>
       </c>
       <c r="G154" t="s">
         <v>75</v>
       </c>
       <c r="H154">
         <v>2016</v>
       </c>
       <c r="I154">
         <v>2018</v>
       </c>
       <c r="J154" t="s">
         <v>342</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
         <v>343</v>
       </c>
       <c r="N154" t="s">
         <v>34</v>
       </c>
       <c r="O154" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="P154" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="B155" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C155" t="s">
         <v>340</v>
       </c>
       <c r="D155" t="s">
         <v>220</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>341</v>
       </c>
       <c r="G155" t="s">
         <v>75</v>
       </c>
       <c r="H155">
         <v>2016</v>
       </c>
       <c r="I155">
         <v>2019</v>
       </c>
       <c r="J155" t="s">
         <v>342</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
         <v>343</v>
       </c>
       <c r="N155" t="s">
         <v>34</v>
       </c>
       <c r="O155" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="P155" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="B156" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="C156" t="s">
         <v>340</v>
       </c>
       <c r="D156" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2021</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
         <v>51</v>
       </c>
       <c r="K156" t="s">
         <v>236</v>
       </c>
       <c r="L156" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="M156" t="s">
         <v>343</v>
       </c>
       <c r="N156" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="O156" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="P156" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="B157" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="C157" t="s">
         <v>340</v>
       </c>
       <c r="D157" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2016</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>394</v>
+        <v>848</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="P157" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">