--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -62,123 +62,123 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
-[...38 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
+  </si>
+  <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -581,117 +581,115 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L3"/>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>