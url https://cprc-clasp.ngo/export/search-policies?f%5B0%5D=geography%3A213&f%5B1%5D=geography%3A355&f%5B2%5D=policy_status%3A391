--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,269 +12,312 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DKS 2464-2:2020 Performance of household electrical Appliances — Refrigerating appliances; Part 2: Minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>These standards apply to household and similar refrigerating appliances cooled by internal natural convection or forced air circulation. They replace KS 2464-1,2:2013.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
+    <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -538,539 +581,554 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="137.966" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2016</v>
       </c>
-      <c r="H2">
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2018</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2013</v>
+      </c>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2007</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...23 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...153 lines deleted...]
-      <c r="G7">
+      <c r="H9">
+        <v>1993</v>
+      </c>
+      <c r="I9">
         <v>2007</v>
       </c>
-      <c r="H7">
-[...92 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="K9" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="M9" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="N9" t="s">
-        <v>55</v>
-[...41 lines deleted...]
-        <v>59</v>
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>