--- v1 (2025-11-28)
+++ v2 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -101,50 +101,85 @@
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dks-2464-22020-performance-household-electrical-appliances-refrigerating-appliances-part-2</t>
   </si>
   <si>
     <t>https://www.kebs.org/index.php?option=com_content&amp;view=category&amp;id=66&amp;Itemid=526</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
     <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
   </si>
   <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
@@ -179,63 +214,54 @@
   <si>
     <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
   </si>
   <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
     <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
     <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
   </si>
   <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...4 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
@@ -581,74 +607,74 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P9"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="334.918" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="148.535" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -713,386 +739,436 @@
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H3">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="I3">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="P3" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2016</v>
       </c>
       <c r="I4">
         <v>2018</v>
       </c>
       <c r="J4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2016</v>
       </c>
       <c r="I5">
         <v>2018</v>
       </c>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5"/>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2007</v>
+        <v>2016</v>
       </c>
       <c r="I7">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2007</v>
       </c>
       <c r="I8">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J8" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>66</v>
       </c>
       <c r="M8" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
         <v>67</v>
       </c>
       <c r="P8" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>69</v>
       </c>
       <c r="B9" t="s">
         <v>70</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="D9" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I9">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="M9" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1993</v>
+      </c>
+      <c r="I10">
+        <v>2007</v>
+      </c>
+      <c r="J10" t="s">
+        <v>65</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">