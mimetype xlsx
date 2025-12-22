--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -258,71 +258,74 @@
     <t>https://cprc-clasp.ngo/policies/cqc64-448157-2014-cqc-mark-certification-air-cleaners</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-06-08/511616.shtml</t>
   </si>
   <si>
     <t>CQC64-448160-2018 Energy and Water Conservation and Anti-microbial Certification Rules for Household and Similar Electrical Appliances - Electronic Toilets</t>
   </si>
   <si>
     <t>Applies to electric toilets used by non-professionals in households schools stores; etc.</t>
   </si>
   <si>
     <t>GBT23131-2008;GB21551.2-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc64-448160-2018-energy-and-water-conservation-and-anti-microbial-certification-rules</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2018-01-29/552296.shtml</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-36893-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E22E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
     <t>This policy covers precipitators.</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
@@ -1221,222 +1224,222 @@
       </c>
       <c r="P10" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>80</v>
       </c>
       <c r="B11" t="s">
         <v>17</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>81</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>82</v>
       </c>
       <c r="H11">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>25</v>
       </c>
       <c r="M11" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="P11" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B12" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>81</v>
       </c>
       <c r="G12" t="s">
         <v>49</v>
       </c>
       <c r="H12">
         <v>2018</v>
       </c>
       <c r="I12">
         <v>2024</v>
       </c>
       <c r="J12" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>81</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2020</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M13" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="N13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="O13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B14" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D14" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>81</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">