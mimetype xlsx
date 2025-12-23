--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -129,50 +129,53 @@
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -547,51 +550,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -727,174 +730,176 @@
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
         <v>2015</v>
       </c>
-      <c r="I4"/>
       <c r="J4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">