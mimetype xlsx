--- v0 (2025-11-26)
+++ v1 (2026-01-28)
@@ -5382,51 +5382,51 @@
       </c>
       <c r="P65" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>295</v>
       </c>
       <c r="B66" t="s">
         <v>296</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
         <v>297</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>298</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66">
         <v>2024</v>
       </c>
       <c r="J66" t="s">
         <v>299</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>300</v>
       </c>
       <c r="M66" t="s">
         <v>25</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66" t="s">
         <v>301</v>
       </c>