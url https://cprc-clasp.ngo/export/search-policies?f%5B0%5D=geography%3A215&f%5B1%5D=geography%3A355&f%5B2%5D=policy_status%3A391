--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,242 +12,285 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -511,413 +554,458 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="180" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2007</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1993</v>
+      </c>
+      <c r="I6">
+        <v>2007</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>45</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...204 lines deleted...]
-        <v>50</v>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>