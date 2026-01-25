--- v1 (2025-11-28)
+++ v2 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -104,96 +104,122 @@
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>PNS ISO 5151
+,   
+                    PNS ISO 16358-1</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
+  </si>
+  <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-675/</t>
   </si>
   <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
     <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
-    <t>Philippines</t>
-[...1 lines deleted...]
-  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
   </si>
   <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
     <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
     <t>https://dti.gov.ph/resources/e-library</t>
   </si>
@@ -554,70 +580,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P7"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="180.385" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="425.753" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="165.103" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -688,288 +714,338 @@
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I3">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="P3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I4">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>46</v>
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2007</v>
       </c>
       <c r="I5">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I6">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="M6" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="I7">
-        <v>2017</v>
+        <v>2007</v>
       </c>
       <c r="J7" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
       <c r="M7" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">