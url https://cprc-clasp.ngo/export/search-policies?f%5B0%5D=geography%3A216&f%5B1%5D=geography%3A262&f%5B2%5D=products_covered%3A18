--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -62,85 +62,85 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>