--- v0 (2025-11-12)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -137,111 +137,114 @@
   <si>
     <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
     <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>MEPS and Labeling Scheme for Refrigerators</t>
   </si>
   <si>
     <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-scheme-refrigerators</t>
   </si>
   <si>
     <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerating Appliances</t>
   </si>
   <si>
     <t>This standard will apply to all refrigerating appliances of the vapor compression type, with a rated volume at or above 10 Liters (L) and at or below 1,500 L, powered by electric mains and offered for sale or installed in any application. The standard specifies requirements for test methods and energy use calculation, daily energy use calculation, maximum energy use, functional performance, refrigerant and foam blowing agent, product information and declaration of conformity 1975 and its regulations</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>September 2022</t>
@@ -605,51 +608,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="180.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -819,55 +822,53 @@
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>41</v>
       </c>
       <c r="B5" t="s">
         <v>42</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>43</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
         <v>44</v>
       </c>
-      <c r="H5">
+      <c r="H5"/>
+      <c r="I5">
         <v>2024</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="J5" t="s">
         <v>37</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
         <v>46</v>
       </c>
       <c r="P5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>48</v>
       </c>
@@ -959,164 +960,164 @@
       </c>
       <c r="P7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>60</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
       </c>
       <c r="F8" t="s">
         <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M9"/>
       <c r="N9" t="s">
         <v>26</v>
       </c>
       <c r="O9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>35</v>
       </c>
       <c r="G10" t="s">
         <v>36</v>
       </c>
       <c r="H10">
         <v>2021</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>38</v>
       </c>
       <c r="N10" t="s">
         <v>26</v>
       </c>
       <c r="O10" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P10" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">