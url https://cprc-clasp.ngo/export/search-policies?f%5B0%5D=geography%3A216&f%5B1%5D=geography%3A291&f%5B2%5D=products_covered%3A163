--- v0 (2025-11-10)
+++ v1 (2026-01-28)
@@ -101,51 +101,51 @@
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>Namibian standards are similar to South African standards.</t>
   </si>
   <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
@@ -502,51 +502,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="270.077" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">