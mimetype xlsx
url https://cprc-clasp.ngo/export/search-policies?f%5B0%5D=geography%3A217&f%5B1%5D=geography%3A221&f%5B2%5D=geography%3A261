--- v0 (2025-11-11)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="379">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="382">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -910,53 +910,50 @@
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-regulator-compulsory-specifications-act-compulsory-specification-efficiency</t>
   </si>
   <si>
     <t>https://www.gov.za/documents/notices/national-regulator-compulsory-specifications-act-compulsory-specification-85</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
 ,   
                     NIS IEC 60901
 ,   
@@ -989,50 +986,62 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -1620,51 +1629,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P69"/>
+  <dimension ref="A1:P70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -4034,826 +4043,870 @@
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>229</v>
       </c>
       <c r="N52" t="s">
         <v>32</v>
       </c>
       <c r="O52" t="s">
         <v>294</v>
       </c>
       <c r="P52" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>295</v>
       </c>
       <c r="B53" t="s">
         <v>296</v>
       </c>
       <c r="C53" t="s">
-        <v>297</v>
+        <v>223</v>
       </c>
       <c r="D53" t="s">
         <v>215</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>237</v>
       </c>
       <c r="G53" t="s">
         <v>216</v>
       </c>
       <c r="H53">
         <v>2024</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
+        <v>298</v>
+      </c>
+      <c r="M53" t="s">
         <v>299</v>
       </c>
-      <c r="M53" t="s">
+      <c r="N53" t="s">
+        <v>32</v>
+      </c>
+      <c r="O53" t="s">
         <v>300</v>
       </c>
-      <c r="N53" t="s">
-[...2 lines deleted...]
-      <c r="O53" t="s">
+      <c r="P53" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>302</v>
+      </c>
+      <c r="B54" t="s">
         <v>303</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>237</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2024</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54" t="s">
+        <v>305</v>
+      </c>
+      <c r="M54" t="s">
+        <v>299</v>
+      </c>
+      <c r="N54" t="s">
+        <v>32</v>
+      </c>
+      <c r="O54" t="s">
         <v>306</v>
       </c>
-      <c r="M54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P54" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="B55"/>
       <c r="C55" t="s">
         <v>223</v>
       </c>
       <c r="D55" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="E55" t="s">
-        <v>236</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>21</v>
+        <v>237</v>
       </c>
       <c r="G55" t="s">
-        <v>43</v>
+        <v>216</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
-      <c r="I55">
-[...1 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>246</v>
+        <v>309</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>229</v>
+        <v>299</v>
       </c>
       <c r="N55" t="s">
         <v>32</v>
       </c>
       <c r="O55" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="P55" t="s">
-        <v>284</v>
+        <v>301</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>311</v>
+      </c>
+      <c r="B56" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C56" t="s">
         <v>223</v>
       </c>
       <c r="D56" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>236</v>
       </c>
       <c r="F56" t="s">
-        <v>315</v>
+        <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H56">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I56"/>
+        <v>2017</v>
+      </c>
+      <c r="I56">
+        <v>2019</v>
+      </c>
       <c r="J56" t="s">
         <v>246</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
-      <c r="L56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>317</v>
+        <v>229</v>
       </c>
       <c r="N56" t="s">
         <v>32</v>
       </c>
       <c r="O56" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="P56" t="s">
-        <v>319</v>
+        <v>284</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B57" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="C57" t="s">
-        <v>18</v>
+        <v>223</v>
       </c>
       <c r="D57" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>21</v>
+        <v>318</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>23</v>
+        <v>246</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="L57"/>
-      <c r="M57"/>
+      <c r="L57" t="s">
+        <v>319</v>
+      </c>
+      <c r="M57" t="s">
+        <v>320</v>
+      </c>
       <c r="N57" t="s">
         <v>32</v>
       </c>
       <c r="O57" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="P57" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B58" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2021</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>32</v>
       </c>
       <c r="O58" t="s">
         <v>326</v>
       </c>
       <c r="P58" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>323</v>
+      </c>
+      <c r="B59" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>107</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59" t="s">
         <v>32</v>
       </c>
       <c r="O59" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="P59" t="s">
-        <v>69</v>
+        <v>330</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>331</v>
+      </c>
+      <c r="B60" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>107</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2021</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O60" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="P60" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>335</v>
+      </c>
+      <c r="B61" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>62</v>
+        <v>337</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>107</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2021</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>23</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O61" t="s">
         <v>338</v>
       </c>
       <c r="P61" t="s">
-        <v>339</v>
+        <v>69</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>339</v>
+      </c>
+      <c r="B62" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>107</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2021</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>23</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62"/>
       <c r="N62" t="s">
         <v>32</v>
       </c>
       <c r="O62" t="s">
+        <v>341</v>
+      </c>
+      <c r="P62" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>343</v>
+      </c>
+      <c r="B63" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>107</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2021</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>23</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63"/>
       <c r="N63" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O63" t="s">
+        <v>345</v>
+      </c>
+      <c r="P63" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>347</v>
+      </c>
+      <c r="B64" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>107</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
         <v>23</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64"/>
       <c r="M64"/>
       <c r="N64" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O64" t="s">
+        <v>349</v>
+      </c>
+      <c r="P64" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
+        <v>351</v>
+      </c>
+      <c r="B65" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>257</v>
+        <v>49</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>107</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2021</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L65"/>
       <c r="M65"/>
       <c r="N65" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O65" t="s">
+        <v>353</v>
+      </c>
+      <c r="P65" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>355</v>
       </c>
       <c r="B66" t="s">
         <v>356</v>
       </c>
       <c r="C66" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>357</v>
+        <v>257</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>107</v>
       </c>
       <c r="G66" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H66">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>358</v>
+        <v>23</v>
       </c>
       <c r="K66" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66"/>
       <c r="N66" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O66" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="P66" t="s">
-        <v>361</v>
+        <v>69</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="B67" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C67" t="s">
         <v>214</v>
       </c>
       <c r="D67" t="s">
-        <v>276</v>
+        <v>360</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>237</v>
+        <v>107</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H67">
+        <v>2010</v>
+      </c>
+      <c r="I67">
         <v>2014</v>
       </c>
-      <c r="I67"/>
       <c r="J67" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="M67" t="s">
         <v>218</v>
       </c>
       <c r="N67" t="s">
         <v>32</v>
       </c>
       <c r="O67" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="P67" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B68" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="C68" t="s">
         <v>214</v>
       </c>
       <c r="D68" t="s">
-        <v>369</v>
+        <v>276</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>237</v>
       </c>
       <c r="G68" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H68">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I68">
         <v>2014</v>
       </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="M68" t="s">
         <v>218</v>
       </c>
       <c r="N68" t="s">
         <v>32</v>
       </c>
       <c r="O68" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="P68" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="B69" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="C69" t="s">
         <v>214</v>
       </c>
       <c r="D69" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>107</v>
+        <v>237</v>
       </c>
       <c r="G69" t="s">
         <v>43</v>
       </c>
       <c r="H69">
         <v>2012</v>
       </c>
       <c r="I69">
         <v>2014</v>
       </c>
       <c r="J69" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="M69" t="s">
         <v>218</v>
       </c>
       <c r="N69" t="s">
         <v>32</v>
       </c>
       <c r="O69" t="s">
+        <v>374</v>
+      </c>
+      <c r="P69" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>376</v>
+      </c>
+      <c r="B70" t="s">
         <v>377</v>
       </c>
-      <c r="P69" t="s">
+      <c r="C70" t="s">
+        <v>214</v>
+      </c>
+      <c r="D70" t="s">
         <v>378</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>107</v>
+      </c>
+      <c r="G70" t="s">
+        <v>43</v>
+      </c>
+      <c r="H70">
+        <v>2012</v>
+      </c>
+      <c r="I70">
+        <v>2014</v>
+      </c>
+      <c r="J70" t="s">
+        <v>361</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>379</v>
+      </c>
+      <c r="M70" t="s">
+        <v>218</v>
+      </c>
+      <c r="N70" t="s">
+        <v>32</v>
+      </c>
+      <c r="O70" t="s">
+        <v>380</v>
+      </c>
+      <c r="P70" t="s">
+        <v>381</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">