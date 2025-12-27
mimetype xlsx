--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -352,53 +352,50 @@
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -437,50 +434,62 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -737,53 +746,50 @@
   <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
   </si>
   <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
   </si>
   <si>
-    <t>Room ACs - Stationary ACs</t>
-[...1 lines deleted...]
-  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
     <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
 → Hermetic compressors
 → Air cooling or naturally cooling condensers
 → Constant speed type or variable frequency types
 → And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
 The policy will enter into force in 2025.
 This policy does not apply to the following products:
 → Water cooling condenser type air conditioners
 → Duct type air conditioners (VRV, VRF, multi air conditioner)
 → Portable air conditioners
 → Cassette air conditioners
 → Stand-Floor air conditioners
 → Air conditioners with three-phase power supply</t>
@@ -914,50 +920,53 @@
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
@@ -999,50 +1008,53 @@
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -1396,51 +1408,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P50"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="244.083" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2004,1868 +2016,1912 @@
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>52</v>
       </c>
       <c r="N12" t="s">
         <v>26</v>
       </c>
       <c r="O12" t="s">
         <v>110</v>
       </c>
       <c r="P12" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>111</v>
       </c>
       <c r="B13" t="s">
         <v>112</v>
       </c>
       <c r="C13" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>60</v>
       </c>
       <c r="G13" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H13">
         <v>2024</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
+        <v>115</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
         <v>116</v>
       </c>
-      <c r="K13" t="s">
-[...2 lines deleted...]
-      <c r="L13" t="s">
+      <c r="M13" t="s">
         <v>117</v>
       </c>
-      <c r="M13" t="s">
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
         <v>118</v>
       </c>
-      <c r="N13" t="s">
-[...2 lines deleted...]
-      <c r="O13" t="s">
+      <c r="P13" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
         <v>121</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2024</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
+        <v>123</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
         <v>124</v>
       </c>
-      <c r="M14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P14" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="B15"/>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E15" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="G15" t="s">
-        <v>40</v>
+        <v>114</v>
       </c>
       <c r="H15">
         <v>2017</v>
       </c>
-      <c r="I15">
-[...1 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>69</v>
+        <v>127</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>52</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="P15" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E16" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F16" t="s">
-        <v>133</v>
+        <v>79</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H16">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
       <c r="J16" t="s">
         <v>69</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="P16" t="s">
-        <v>137</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>136</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>69</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>137</v>
+      </c>
+      <c r="M17" t="s">
         <v>138</v>
       </c>
-      <c r="B17" t="s">
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
         <v>139</v>
       </c>
-      <c r="C17" t="s">
-[...2 lines deleted...]
-      <c r="D17" t="s">
+      <c r="P17" t="s">
         <v>140</v>
-      </c>
-[...34 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="B18" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C18" t="s">
         <v>77</v>
       </c>
       <c r="D18" t="s">
+        <v>143</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>60</v>
+      </c>
+      <c r="G18" t="s">
+        <v>40</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K18" t="s">
+        <v>144</v>
+      </c>
+      <c r="L18" t="s">
+        <v>145</v>
+      </c>
+      <c r="M18" t="s">
+        <v>146</v>
+      </c>
+      <c r="N18" t="s">
+        <v>147</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
         <v>149</v>
-      </c>
-[...30 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="B19" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="D19" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="K19" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>25</v>
+        <v>146</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="P19" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B20" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>160</v>
+      </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="P20" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B21" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>88</v>
+        <v>165</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
-      <c r="I21">
-[...1 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="L21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="P21" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B22" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H22">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I22"/>
+        <v>2017</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
       <c r="J22" t="s">
-        <v>172</v>
+        <v>41</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>170</v>
+      </c>
       <c r="M22" t="s">
         <v>25</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="P22" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B23" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>177</v>
+        <v>19</v>
       </c>
       <c r="E23" t="s">
-        <v>59</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>25</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="P23"/>
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>88</v>
+        <v>180</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I24">
         <v>2021</v>
       </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>181</v>
       </c>
-      <c r="P24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>185</v>
+        <v>88</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25">
         <v>2021</v>
       </c>
-      <c r="I25"/>
       <c r="J25" t="s">
         <v>41</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>170</v>
+      </c>
       <c r="M25" t="s">
         <v>25</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="P25" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B26" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>41</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>25</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="P26" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B27" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>40</v>
+        <v>114</v>
       </c>
       <c r="H27">
-        <v>2005</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
         <v>41</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
         <v>25</v>
       </c>
       <c r="N27" t="s">
-        <v>144</v>
+        <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="P27" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B28" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>40</v>
       </c>
       <c r="H28">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="I28">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J28" t="s">
         <v>41</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="M28" t="s">
         <v>25</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="O28" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="P28" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B29" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="G29" t="s">
         <v>40</v>
       </c>
       <c r="H29">
         <v>2007</v>
       </c>
       <c r="I29">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="J29" t="s">
         <v>41</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="P29" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B30" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>40</v>
       </c>
       <c r="H30">
         <v>2007</v>
       </c>
       <c r="I30">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="J30" t="s">
         <v>41</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="P30" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B31" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>213</v>
+        <v>126</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="H31">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I31"/>
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2020</v>
+      </c>
       <c r="J31" t="s">
         <v>41</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
-      <c r="L31"/>
+      <c r="L31" t="s">
+        <v>216</v>
+      </c>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="P31" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B32" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>223</v>
+        <v>126</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>40</v>
+        <v>114</v>
       </c>
       <c r="H32">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
         <v>41</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>25</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="P32" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B33" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>40</v>
       </c>
       <c r="H33">
         <v>2008</v>
       </c>
       <c r="I33">
         <v>2015</v>
       </c>
       <c r="J33" t="s">
         <v>41</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
         <v>25</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="P33" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B34" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>40</v>
       </c>
       <c r="H34">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I34">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J34" t="s">
         <v>41</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="L34"/>
+      <c r="L34" t="s">
+        <v>231</v>
+      </c>
       <c r="M34" t="s">
         <v>25</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="P34" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B35" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>40</v>
       </c>
       <c r="H35">
         <v>2009</v>
       </c>
       <c r="I35">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="J35" t="s">
         <v>41</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
         <v>25</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="P35" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B36" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>40</v>
       </c>
       <c r="H36">
         <v>2009</v>
       </c>
       <c r="I36">
         <v>2013</v>
       </c>
       <c r="J36" t="s">
         <v>41</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36"/>
+      <c r="L36" t="s">
+        <v>231</v>
+      </c>
       <c r="M36" t="s">
         <v>25</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="P36" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="B37" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H37">
         <v>2009</v>
       </c>
-      <c r="I37"/>
+      <c r="I37">
+        <v>2013</v>
+      </c>
       <c r="J37" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="K37" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>25</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="P37" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B38" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>251</v>
+        <v>236</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K38" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>25</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="P38" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B39" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>40</v>
       </c>
       <c r="H39">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I39">
         <v>2015</v>
       </c>
       <c r="J39" t="s">
         <v>41</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>25</v>
       </c>
       <c r="N39" t="s">
-        <v>144</v>
+        <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="P39" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="B40" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>40</v>
       </c>
       <c r="H40">
         <v>2010</v>
       </c>
       <c r="I40">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="J40" t="s">
         <v>41</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="L40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
         <v>25</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="O40" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="P40" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="B41" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>40</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
       <c r="I41">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="J41" t="s">
         <v>41</v>
       </c>
       <c r="K41" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="L41"/>
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>264</v>
+      </c>
       <c r="M41" t="s">
         <v>25</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="P41" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="B42" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>40</v>
+        <v>270</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
       <c r="I42">
         <v>2019</v>
       </c>
       <c r="J42" t="s">
-        <v>172</v>
+        <v>41</v>
       </c>
       <c r="K42" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>25</v>
       </c>
       <c r="N42" t="s">
-        <v>144</v>
+        <v>26</v>
       </c>
       <c r="O42" t="s">
+        <v>272</v>
+      </c>
+      <c r="P42" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>274</v>
       </c>
       <c r="B43" t="s">
         <v>275</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>40</v>
       </c>
       <c r="H43">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I43">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J43" t="s">
-        <v>41</v>
+        <v>175</v>
       </c>
       <c r="K43" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
         <v>25</v>
       </c>
       <c r="N43" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="O43" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="P43" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B44" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>96</v>
+        <v>279</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>40</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
       <c r="I44">
         <v>2015</v>
       </c>
       <c r="J44" t="s">
         <v>41</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="M44" t="s">
         <v>25</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
+        <v>281</v>
+      </c>
+      <c r="P44" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>283</v>
+      </c>
+      <c r="B45" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>96</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
-      <c r="I45"/>
+      <c r="I45">
+        <v>2015</v>
+      </c>
       <c r="J45" t="s">
         <v>41</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="M45" t="s">
         <v>25</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
+        <v>285</v>
+      </c>
+      <c r="P45" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>287</v>
+      </c>
+      <c r="B46" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>290</v>
+        <v>96</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
-      <c r="I46">
-[...1 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>172</v>
+        <v>41</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
-      <c r="L46"/>
+      <c r="L46" t="s">
+        <v>280</v>
+      </c>
       <c r="M46" t="s">
         <v>25</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="P46" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B47" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>40</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="J47" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>25</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
+        <v>294</v>
+      </c>
+      <c r="P47" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>296</v>
+      </c>
+      <c r="B48" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>298</v>
       </c>
       <c r="H48">
         <v>2012</v>
       </c>
-      <c r="I48"/>
+      <c r="I48">
+        <v>2015</v>
+      </c>
       <c r="J48" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>25</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
         <v>299</v>
       </c>
       <c r="P48" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>301</v>
       </c>
       <c r="B49" t="s">
         <v>302</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>177</v>
+        <v>293</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>115</v>
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>41</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
-      <c r="L49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L49"/>
       <c r="M49" t="s">
         <v>25</v>
       </c>
       <c r="N49" t="s">
-        <v>144</v>
+        <v>26</v>
       </c>
       <c r="O49" t="s">
+        <v>303</v>
+      </c>
+      <c r="P49" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>305</v>
+      </c>
+      <c r="B50" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>308</v>
+        <v>180</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
-        <v>40</v>
+        <v>114</v>
       </c>
       <c r="H50">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
-      <c r="L50"/>
+      <c r="L50" t="s">
+        <v>307</v>
+      </c>
       <c r="M50" t="s">
         <v>25</v>
       </c>
       <c r="N50" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="O50" t="s">
+        <v>308</v>
+      </c>
+      <c r="P50" t="s">
         <v>309</v>
       </c>
-      <c r="P50" t="s">
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
         <v>310</v>
+      </c>
+      <c r="B51" t="s">
+        <v>311</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>312</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>40</v>
+      </c>
+      <c r="H51">
+        <v>2011</v>
+      </c>
+      <c r="I51">
+        <v>2013</v>
+      </c>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>25</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>313</v>
+      </c>
+      <c r="P51" t="s">
+        <v>314</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">