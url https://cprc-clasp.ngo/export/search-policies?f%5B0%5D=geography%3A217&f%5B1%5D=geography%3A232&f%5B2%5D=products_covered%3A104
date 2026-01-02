--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -125,63 +125,84 @@
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
@@ -509,51 +530,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P4"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -683,94 +704,138 @@
       <c r="I3"/>
       <c r="J3" t="s">
         <v>35</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>36</v>
       </c>
       <c r="P3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4"/>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="H4">
         <v>2017</v>
       </c>
-      <c r="I4">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5">
         <v>2021</v>
       </c>
-      <c r="J4" t="s">
-[...18 lines deleted...]
-        <v>49</v>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>54</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">