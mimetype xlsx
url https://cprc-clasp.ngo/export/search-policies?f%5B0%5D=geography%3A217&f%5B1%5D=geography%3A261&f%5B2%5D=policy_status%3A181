--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="329">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -842,53 +842,50 @@
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
@@ -3711,577 +3708,577 @@
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>220</v>
       </c>
       <c r="N49" t="s">
         <v>32</v>
       </c>
       <c r="O49" t="s">
         <v>272</v>
       </c>
       <c r="P49" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>273</v>
       </c>
       <c r="B50" t="s">
         <v>274</v>
       </c>
       <c r="C50" t="s">
+        <v>214</v>
+      </c>
+      <c r="D50" t="s">
         <v>275</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2024</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50" t="s">
+        <v>278</v>
+      </c>
+      <c r="M50" t="s">
         <v>279</v>
       </c>
-      <c r="M50" t="s">
+      <c r="N50" t="s">
+        <v>32</v>
+      </c>
+      <c r="O50" t="s">
         <v>280</v>
       </c>
-      <c r="N50" t="s">
-[...2 lines deleted...]
-      <c r="O50" t="s">
+      <c r="P50" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>282</v>
+      </c>
+      <c r="B51" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C51" t="s">
         <v>214</v>
       </c>
       <c r="D51" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="E51" t="s">
         <v>237</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>43</v>
       </c>
       <c r="H51">
         <v>2017</v>
       </c>
       <c r="I51">
         <v>2019</v>
       </c>
       <c r="J51" t="s">
         <v>228</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>220</v>
       </c>
       <c r="N51" t="s">
         <v>32</v>
       </c>
       <c r="O51" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="P51" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>286</v>
+      </c>
+      <c r="B52" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="C52" t="s">
         <v>214</v>
       </c>
       <c r="D52" t="s">
+        <v>288</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2018</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>228</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
+        <v>290</v>
+      </c>
+      <c r="M52" t="s">
         <v>291</v>
       </c>
-      <c r="M52" t="s">
+      <c r="N52" t="s">
+        <v>32</v>
+      </c>
+      <c r="O52" t="s">
         <v>292</v>
       </c>
-      <c r="N52" t="s">
-[...2 lines deleted...]
-      <c r="O52" t="s">
+      <c r="P52" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>294</v>
+      </c>
+      <c r="B53" t="s">
         <v>295</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53" t="s">
         <v>32</v>
       </c>
       <c r="O53" t="s">
+        <v>297</v>
+      </c>
+      <c r="P53" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B54" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>107</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54" t="s">
         <v>32</v>
       </c>
       <c r="O54" t="s">
+        <v>300</v>
+      </c>
+      <c r="P54" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>302</v>
+      </c>
+      <c r="B55" t="s">
         <v>303</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>107</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2021</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55" t="s">
         <v>32</v>
       </c>
       <c r="O55" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="P55" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>306</v>
+      </c>
+      <c r="B56" t="s">
         <v>307</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>107</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56"/>
       <c r="N56" t="s">
         <v>25</v>
       </c>
       <c r="O56" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="P56" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>310</v>
+      </c>
+      <c r="B57" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="C57" t="s">
         <v>18</v>
       </c>
       <c r="D57" t="s">
         <v>62</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>107</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2021</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57" t="s">
         <v>32</v>
       </c>
       <c r="O57" t="s">
+        <v>312</v>
+      </c>
+      <c r="P57" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>314</v>
+      </c>
+      <c r="B58" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="C58" t="s">
         <v>18</v>
       </c>
       <c r="D58" t="s">
         <v>56</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>107</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2021</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58"/>
       <c r="N58" t="s">
         <v>32</v>
       </c>
       <c r="O58" t="s">
+        <v>316</v>
+      </c>
+      <c r="P58" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>318</v>
+      </c>
+      <c r="B59" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="C59" t="s">
         <v>18</v>
       </c>
       <c r="D59" t="s">
         <v>67</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>107</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59"/>
       <c r="N59" t="s">
         <v>25</v>
       </c>
       <c r="O59" t="s">
+        <v>320</v>
+      </c>
+      <c r="P59" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>322</v>
+      </c>
+      <c r="B60" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
         <v>49</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>107</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2021</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60"/>
       <c r="N60" t="s">
         <v>32</v>
       </c>
       <c r="O60" t="s">
+        <v>324</v>
+      </c>
+      <c r="P60" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>326</v>
+      </c>
+      <c r="B61" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
         <v>240</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>107</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2021</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>23</v>
       </c>
       <c r="K61" t="s">
         <v>79</v>
       </c>
       <c r="L61"/>
       <c r="M61"/>
       <c r="N61" t="s">
         <v>25</v>
       </c>
       <c r="O61" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="P61" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>