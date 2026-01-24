--- v0 (2025-12-01)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="369">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -609,53 +609,50 @@
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
-[...1 lines deleted...]
-  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
@@ -692,50 +689,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
@@ -1564,51 +1570,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P59"/>
+  <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2966,1458 +2972,1502 @@
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>38</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>189</v>
       </c>
       <c r="P29" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>190</v>
       </c>
       <c r="B30" t="s">
         <v>191</v>
       </c>
       <c r="C30" t="s">
+        <v>32</v>
+      </c>
+      <c r="D30" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="H30">
         <v>2024</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
+        <v>194</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
         <v>195</v>
       </c>
-      <c r="K30" t="s">
-[...2 lines deleted...]
-      <c r="L30" t="s">
+      <c r="M30" t="s">
         <v>196</v>
       </c>
-      <c r="M30" t="s">
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
         <v>197</v>
       </c>
-      <c r="N30" t="s">
-[...2 lines deleted...]
-      <c r="O30" t="s">
+      <c r="P30" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>199</v>
+      </c>
+      <c r="B31" t="s">
         <v>200</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2024</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
+        <v>202</v>
+      </c>
+      <c r="M31" t="s">
+        <v>196</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
         <v>203</v>
       </c>
-      <c r="M31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P31" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="B32"/>
       <c r="C32" t="s">
         <v>32</v>
       </c>
       <c r="D32" t="s">
-        <v>207</v>
+        <v>19</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>208</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>193</v>
       </c>
       <c r="H32">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>47</v>
+        <v>205</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>210</v>
+        <v>196</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="P32" t="s">
-        <v>212</v>
+        <v>198</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B33" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="C33" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="D33" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="E33" t="s">
-        <v>173</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>174</v>
+        <v>210</v>
       </c>
       <c r="G33" t="s">
-        <v>194</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>175</v>
+        <v>47</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="M33" t="s">
-        <v>56</v>
+        <v>212</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="P33" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B34" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="C34" t="s">
         <v>54</v>
       </c>
       <c r="D34" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="E34" t="s">
         <v>173</v>
       </c>
       <c r="F34" t="s">
-        <v>222</v>
+        <v>174</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H34"/>
+        <v>193</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>175</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="M34" t="s">
         <v>56</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="P34" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="B35" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="C35" t="s">
-        <v>228</v>
+        <v>54</v>
       </c>
       <c r="D35" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="E35" t="s">
-        <v>20</v>
+        <v>173</v>
       </c>
       <c r="F35" t="s">
-        <v>46</v>
+        <v>224</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
-      <c r="H35">
-[...1 lines deleted...]
-      </c>
+      <c r="H35"/>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="L35"/>
+      <c r="L35" t="s">
+        <v>225</v>
+      </c>
       <c r="M35" t="s">
-        <v>230</v>
+        <v>56</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="P35" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B36" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C36" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D36" t="s">
-        <v>68</v>
+        <v>231</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>46</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2016</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="L36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="P36" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="B37" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="C37" t="s">
-        <v>67</v>
+        <v>230</v>
       </c>
       <c r="D37" t="s">
-        <v>240</v>
+        <v>68</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>46</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2016</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="L37"/>
+      <c r="L37" t="s">
+        <v>237</v>
+      </c>
       <c r="M37" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="P37" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B38" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C38" t="s">
         <v>67</v>
       </c>
       <c r="D38" t="s">
-        <v>148</v>
+        <v>242</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>69</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>70</v>
+        <v>243</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="P38" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B39" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C39" t="s">
         <v>67</v>
       </c>
       <c r="D39" t="s">
-        <v>187</v>
+        <v>148</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2004</v>
+        <v>2014</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>69</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>250</v>
+        <v>70</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="P39" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B40" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C40" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="D40" t="s">
-        <v>255</v>
+        <v>187</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2019</v>
+        <v>2004</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>82</v>
+        <v>69</v>
       </c>
       <c r="K40" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>56</v>
+        <v>252</v>
       </c>
       <c r="N40" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="P40" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B41" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C41" t="s">
-        <v>260</v>
+        <v>54</v>
       </c>
       <c r="D41" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="E41" t="s">
-        <v>173</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>46</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>262</v>
+        <v>82</v>
       </c>
       <c r="K41" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>264</v>
+        <v>56</v>
       </c>
       <c r="N41" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="O41" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="P41"/>
+        <v>258</v>
+      </c>
+      <c r="P41" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="B42" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="C42" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D42" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="E42" t="s">
         <v>173</v>
       </c>
       <c r="F42" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2006</v>
+        <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="M42" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="P42"/>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="B43" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="C43" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D43" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="E43" t="s">
         <v>173</v>
       </c>
       <c r="F43" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="M43" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="P43" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B44" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="C44" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D44" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E44" t="s">
         <v>173</v>
       </c>
       <c r="F44" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="M44" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="P44" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B45" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C45" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D45" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="E45" t="s">
         <v>173</v>
       </c>
       <c r="F45" t="s">
         <v>76</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="M45" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="P45" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B46" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="C46" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D46" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="E46" t="s">
         <v>173</v>
       </c>
       <c r="F46" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2021</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="M46" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="P46" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B47" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="C47" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D47" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="E47" t="s">
         <v>173</v>
       </c>
       <c r="F47" t="s">
-        <v>299</v>
+        <v>46</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="M47" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="P47" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="B48" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="C48" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D48" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="E48" t="s">
         <v>173</v>
       </c>
       <c r="F48" t="s">
-        <v>46</v>
+        <v>301</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2021</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="M48" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="P48"/>
+        <v>303</v>
+      </c>
+      <c r="P48" t="s">
+        <v>304</v>
+      </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B49" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C49" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D49" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="E49" t="s">
         <v>173</v>
       </c>
       <c r="F49" t="s">
         <v>46</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="M49" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P49"/>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B50" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C50" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D50" t="s">
-        <v>75</v>
+        <v>307</v>
       </c>
       <c r="E50" t="s">
         <v>173</v>
       </c>
       <c r="F50" t="s">
-        <v>76</v>
+        <v>46</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K50" t="s">
-        <v>311</v>
+        <v>24</v>
       </c>
       <c r="L50" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="M50" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="P50"/>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B51" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="C51" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D51" t="s">
-        <v>317</v>
+        <v>75</v>
       </c>
       <c r="E51" t="s">
         <v>173</v>
       </c>
       <c r="F51" t="s">
         <v>76</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2022</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K51" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="L51"/>
+        <v>313</v>
+      </c>
+      <c r="L51" t="s">
+        <v>314</v>
+      </c>
       <c r="M51" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="P51" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="B52" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="C52" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D52" t="s">
-        <v>75</v>
+        <v>319</v>
       </c>
       <c r="E52" t="s">
         <v>173</v>
       </c>
       <c r="F52" t="s">
-        <v>46</v>
+        <v>76</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2022</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K52" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="P52" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="B53" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C53" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D53" t="s">
-        <v>317</v>
+        <v>75</v>
       </c>
       <c r="E53" t="s">
         <v>173</v>
       </c>
       <c r="F53" t="s">
         <v>46</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2022</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K53" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="L53" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="M53" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="P53" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B54" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C54" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D54" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="E54" t="s">
         <v>173</v>
       </c>
       <c r="F54" t="s">
         <v>46</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2022</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K54" t="s">
-        <v>24</v>
+        <v>331</v>
       </c>
       <c r="L54" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="M54" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="P54" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="B55" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C55" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D55" t="s">
-        <v>111</v>
+        <v>319</v>
       </c>
       <c r="E55" t="s">
         <v>173</v>
       </c>
       <c r="F55" t="s">
-        <v>174</v>
+        <v>46</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="K55" t="s">
-        <v>340</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="M55" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="P55" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="B56" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="C56" t="s">
-        <v>346</v>
+        <v>262</v>
       </c>
       <c r="D56" t="s">
-        <v>347</v>
+        <v>111</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>173</v>
       </c>
       <c r="F56" t="s">
-        <v>21</v>
+        <v>174</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>348</v>
+        <v>271</v>
       </c>
       <c r="K56" t="s">
-        <v>24</v>
+        <v>342</v>
       </c>
       <c r="L56" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="M56" t="s">
-        <v>350</v>
+        <v>266</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="P56" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="B57" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="C57" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D57" t="s">
-        <v>105</v>
+        <v>349</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I57"/>
       <c r="J57" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
-      <c r="L57"/>
+      <c r="L57" t="s">
+        <v>351</v>
+      </c>
       <c r="M57" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="P57" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="B58" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="C58" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D58" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I58">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J58" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="P58" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="B59" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="C59" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D59" t="s">
-        <v>364</v>
+        <v>125</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I59"/>
+        <v>2016</v>
+      </c>
+      <c r="I59">
+        <v>2018</v>
+      </c>
       <c r="J59" t="s">
-        <v>348</v>
+        <v>357</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
+        <v>352</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>362</v>
+      </c>
+      <c r="P59" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>364</v>
+      </c>
+      <c r="B60" t="s">
+        <v>365</v>
+      </c>
+      <c r="C60" t="s">
+        <v>348</v>
+      </c>
+      <c r="D60" t="s">
+        <v>366</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2017</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
         <v>350</v>
       </c>
-      <c r="N59" t="s">
-[...6 lines deleted...]
-        <v>366</v>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>352</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>367</v>
+      </c>
+      <c r="P60" t="s">
+        <v>368</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">