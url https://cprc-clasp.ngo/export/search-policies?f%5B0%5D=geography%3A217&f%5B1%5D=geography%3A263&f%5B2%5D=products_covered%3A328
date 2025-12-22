--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -291,50 +291,68 @@
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
     <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
     <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
     <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
   </si>
@@ -767,51 +785,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P17"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="754.959" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1323,334 +1341,378 @@
       <c r="I11"/>
       <c r="J11" t="s">
         <v>91</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>37</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
         <v>92</v>
       </c>
       <c r="P11" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>93</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B12"/>
       <c r="C12" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
         <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="H12">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="L12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="P12" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>43</v>
       </c>
       <c r="H13">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
+        <v>103</v>
+      </c>
+      <c r="M13" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
         <v>108</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>109</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>110</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H14">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2018</v>
+      </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="L14"/>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C15" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="D15" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
         <v>120</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>121</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>123</v>
+        <v>89</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="P16" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>128</v>
+      </c>
+      <c r="D17" t="s">
         <v>129</v>
       </c>
-      <c r="B17" t="s">
+      <c r="E17" t="s">
+        <v>90</v>
+      </c>
+      <c r="F17" t="s">
+        <v>51</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2006</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>130</v>
-      </c>
-[...22 lines deleted...]
-        <v>61</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
         <v>134</v>
       </c>
-      <c r="P17" t="s">
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
         <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>43</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>61</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>138</v>
+      </c>
+      <c r="M18" t="s">
+        <v>139</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">