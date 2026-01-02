--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="324">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -735,53 +735,50 @@
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2012L02135</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -820,50 +817,62 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
@@ -1419,61 +1428,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P50"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127.255" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3115,808 +3124,852 @@
       <c r="K34" t="s">
         <v>37</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>26</v>
       </c>
       <c r="N34" t="s">
         <v>38</v>
       </c>
       <c r="O34" t="s">
         <v>232</v>
       </c>
       <c r="P34" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>233</v>
       </c>
       <c r="B35" t="s">
         <v>234</v>
       </c>
       <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>34</v>
       </c>
       <c r="G35" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="H35">
         <v>2024</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
+        <v>237</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35" t="s">
         <v>238</v>
       </c>
-      <c r="K35" t="s">
-[...2 lines deleted...]
-      <c r="L35" t="s">
+      <c r="M35" t="s">
         <v>239</v>
       </c>
-      <c r="M35" t="s">
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
         <v>240</v>
       </c>
-      <c r="N35" t="s">
-[...2 lines deleted...]
-      <c r="O35" t="s">
+      <c r="P35" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>242</v>
+      </c>
+      <c r="B36" t="s">
         <v>243</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2024</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="K36" t="s">
         <v>37</v>
       </c>
       <c r="L36" t="s">
+        <v>245</v>
+      </c>
+      <c r="M36" t="s">
+        <v>239</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
         <v>246</v>
       </c>
-      <c r="M36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P36" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="B37"/>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E37" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
-        <v>78</v>
+        <v>236</v>
       </c>
       <c r="H37">
         <v>2017</v>
       </c>
-      <c r="I37">
-[...1 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>46</v>
+        <v>249</v>
       </c>
       <c r="K37" t="s">
         <v>37</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>26</v>
+        <v>239</v>
       </c>
       <c r="N37" t="s">
         <v>38</v>
       </c>
       <c r="O37" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="P37" t="s">
-        <v>87</v>
+        <v>241</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>251</v>
+      </c>
+      <c r="B38" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="E38" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F38" t="s">
-        <v>255</v>
+        <v>72</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H38">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I38"/>
+        <v>2017</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
       <c r="J38" t="s">
         <v>46</v>
       </c>
       <c r="K38" t="s">
         <v>37</v>
       </c>
-      <c r="L38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L38"/>
       <c r="M38" t="s">
-        <v>257</v>
+        <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>38</v>
       </c>
       <c r="O38" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>259</v>
+        <v>87</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>255</v>
+      </c>
+      <c r="B39" t="s">
+        <v>256</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>257</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>258</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2018</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>46</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>259</v>
+      </c>
+      <c r="M39" t="s">
         <v>260</v>
       </c>
-      <c r="B39" t="s">
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
         <v>261</v>
       </c>
-      <c r="C39" t="s">
-[...26 lines deleted...]
-      <c r="L39" t="s">
+      <c r="P39" t="s">
         <v>262</v>
-      </c>
-[...10 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="B40" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="C40" t="s">
         <v>63</v>
       </c>
       <c r="D40" t="s">
-        <v>225</v>
+        <v>154</v>
       </c>
       <c r="E40" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G40" t="s">
         <v>78</v>
       </c>
       <c r="H40">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I40">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="J40" t="s">
         <v>65</v>
       </c>
       <c r="K40" t="s">
         <v>37</v>
       </c>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>265</v>
+      </c>
       <c r="M40" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="N40" t="s">
-        <v>220</v>
+        <v>38</v>
       </c>
       <c r="O40" t="s">
+        <v>267</v>
+      </c>
+      <c r="P40" t="s">
         <v>268</v>
       </c>
-      <c r="P40"/>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>269</v>
       </c>
       <c r="B41" t="s">
         <v>270</v>
       </c>
       <c r="C41" t="s">
         <v>63</v>
       </c>
       <c r="D41" t="s">
-        <v>271</v>
+        <v>225</v>
       </c>
       <c r="E41" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F41" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G41" t="s">
         <v>78</v>
       </c>
       <c r="H41">
         <v>2006</v>
       </c>
       <c r="I41">
-        <v>2015</v>
+        <v>2006</v>
       </c>
       <c r="J41" t="s">
         <v>65</v>
       </c>
       <c r="K41" t="s">
         <v>37</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>66</v>
+        <v>266</v>
       </c>
       <c r="N41" t="s">
-        <v>38</v>
+        <v>220</v>
       </c>
       <c r="O41" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>271</v>
+      </c>
+      <c r="P41"/>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B42" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C42" t="s">
         <v>63</v>
       </c>
       <c r="D42" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H42">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I42"/>
+        <v>2006</v>
+      </c>
+      <c r="I42">
+        <v>2015</v>
+      </c>
       <c r="J42" t="s">
         <v>65</v>
       </c>
       <c r="K42" t="s">
         <v>37</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>263</v>
+        <v>66</v>
       </c>
       <c r="N42" t="s">
         <v>38</v>
       </c>
       <c r="O42" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="P42" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="B43" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C43" t="s">
         <v>63</v>
       </c>
       <c r="D43" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>45</v>
       </c>
       <c r="G43" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2016</v>
       </c>
-      <c r="I43">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
         <v>65</v>
       </c>
       <c r="K43" t="s">
         <v>37</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="N43" t="s">
         <v>38</v>
       </c>
       <c r="O43" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="P43" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>282</v>
+      </c>
+      <c r="B44" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C44" t="s">
         <v>63</v>
       </c>
       <c r="D44" t="s">
-        <v>142</v>
+        <v>284</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H44">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I44"/>
+        <v>2016</v>
+      </c>
+      <c r="I44">
+        <v>2016</v>
+      </c>
       <c r="J44" t="s">
         <v>65</v>
       </c>
       <c r="K44" t="s">
         <v>37</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>66</v>
+        <v>266</v>
       </c>
       <c r="N44" t="s">
         <v>38</v>
       </c>
       <c r="O44" t="s">
         <v>285</v>
       </c>
       <c r="P44" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>286</v>
+      </c>
+      <c r="B45" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="C45" t="s">
         <v>63</v>
       </c>
       <c r="D45" t="s">
-        <v>289</v>
+        <v>142</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>45</v>
+        <v>72</v>
       </c>
       <c r="G45" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
         <v>65</v>
       </c>
       <c r="K45" t="s">
         <v>37</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>263</v>
+        <v>66</v>
       </c>
       <c r="N45" t="s">
         <v>38</v>
       </c>
       <c r="O45" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="P45" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B46" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C46" t="s">
         <v>63</v>
       </c>
       <c r="D46" t="s">
-        <v>148</v>
+        <v>292</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G46" t="s">
         <v>78</v>
       </c>
       <c r="H46">
-        <v>1986</v>
+        <v>2012</v>
       </c>
       <c r="I46">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="J46" t="s">
         <v>65</v>
       </c>
       <c r="K46" t="s">
+        <v>37</v>
+      </c>
+      <c r="L46" t="s">
+        <v>293</v>
+      </c>
+      <c r="M46" t="s">
+        <v>266</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>294</v>
+      </c>
+      <c r="P46" t="s">
         <v>295</v>
-      </c>
-[...11 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B47" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="C47" t="s">
         <v>63</v>
       </c>
       <c r="D47" t="s">
-        <v>300</v>
+        <v>148</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G47" t="s">
         <v>78</v>
       </c>
       <c r="H47">
         <v>1986</v>
       </c>
       <c r="I47">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="J47" t="s">
         <v>65</v>
       </c>
       <c r="K47" t="s">
-        <v>37</v>
+        <v>298</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>263</v>
+        <v>299</v>
       </c>
       <c r="N47" t="s">
         <v>38</v>
       </c>
       <c r="O47" t="s">
+        <v>300</v>
+      </c>
+      <c r="P47" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="B48" t="s">
-        <v>304</v>
+        <v>291</v>
       </c>
       <c r="C48" t="s">
         <v>63</v>
       </c>
       <c r="D48" t="s">
-        <v>231</v>
+        <v>303</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>78</v>
       </c>
       <c r="H48">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I48"/>
+        <v>1986</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
       <c r="J48" t="s">
         <v>65</v>
       </c>
       <c r="K48" t="s">
         <v>37</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>296</v>
+        <v>266</v>
       </c>
       <c r="N48" t="s">
         <v>38</v>
       </c>
       <c r="O48" t="s">
+        <v>304</v>
+      </c>
+      <c r="P48" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>306</v>
+      </c>
+      <c r="B49" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="C49" t="s">
         <v>63</v>
       </c>
       <c r="D49" t="s">
-        <v>130</v>
+        <v>231</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="G49" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
         <v>65</v>
       </c>
       <c r="K49" t="s">
         <v>37</v>
       </c>
-      <c r="L49" t="s">
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>299</v>
+      </c>
+      <c r="N49" t="s">
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>308</v>
+      </c>
+      <c r="P49" t="s">
         <v>309</v>
-      </c>
-[...10 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B50" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C50" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D50" t="s">
-        <v>314</v>
+        <v>130</v>
       </c>
       <c r="E50" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="G50" t="s">
         <v>78</v>
       </c>
       <c r="H50">
+        <v>2011</v>
+      </c>
+      <c r="I50">
+        <v>2011</v>
+      </c>
+      <c r="J50" t="s">
+        <v>65</v>
+      </c>
+      <c r="K50" t="s">
+        <v>37</v>
+      </c>
+      <c r="L50" t="s">
+        <v>312</v>
+      </c>
+      <c r="M50" t="s">
+        <v>266</v>
+      </c>
+      <c r="N50" t="s">
+        <v>38</v>
+      </c>
+      <c r="O50" t="s">
+        <v>313</v>
+      </c>
+      <c r="P50" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>315</v>
+      </c>
+      <c r="B51" t="s">
+        <v>316</v>
+      </c>
+      <c r="C51" t="s">
+        <v>54</v>
+      </c>
+      <c r="D51" t="s">
+        <v>317</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>72</v>
+      </c>
+      <c r="G51" t="s">
+        <v>78</v>
+      </c>
+      <c r="H51">
         <v>2015</v>
       </c>
-      <c r="I50">
+      <c r="I51">
         <v>2016</v>
       </c>
-      <c r="J50" t="s">
+      <c r="J51" t="s">
         <v>23</v>
       </c>
-      <c r="K50" t="s">
-[...8 lines deleted...]
-      <c r="N50" t="s">
+      <c r="K51" t="s">
         <v>318</v>
       </c>
-      <c r="O50" t="s">
+      <c r="L51" t="s">
         <v>319</v>
       </c>
-      <c r="P50" t="s">
+      <c r="M51" t="s">
         <v>320</v>
+      </c>
+      <c r="N51" t="s">
+        <v>321</v>
+      </c>
+      <c r="O51" t="s">
+        <v>322</v>
+      </c>
+      <c r="P51" t="s">
+        <v>323</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">