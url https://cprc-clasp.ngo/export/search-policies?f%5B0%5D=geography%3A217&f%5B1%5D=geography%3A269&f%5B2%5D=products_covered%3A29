--- v0 (2025-11-14)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -106,53 +106,50 @@
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
     <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
@@ -779,280 +776,280 @@
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>31</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2024</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
         <v>40</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>41</v>
       </c>
-      <c r="C4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H4">
         <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="P4" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
         <v>48</v>
       </c>
-      <c r="E5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="H5">
         <v>2018</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
         <v>55</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>56</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>57</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H6">
         <v>2016</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
         <v>64</v>
       </c>
-      <c r="B7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
         <v>57</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">