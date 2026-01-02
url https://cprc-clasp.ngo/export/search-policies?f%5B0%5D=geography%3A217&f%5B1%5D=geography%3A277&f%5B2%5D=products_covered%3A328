--- v0 (2025-11-07)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="443">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="449">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -667,66 +667,66 @@
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
     <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
   </si>
   <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
     <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
@@ -833,50 +833,53 @@
     <t>Information not available</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
@@ -957,69 +960,69 @@
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
@@ -1096,50 +1099,65 @@
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
   <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
     <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
   </si>
@@ -1746,51 +1764,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P69"/>
+  <dimension ref="A1:P70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3492,1666 +3510,1710 @@
       <c r="O35" t="s">
         <v>262</v>
       </c>
       <c r="P35"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>263</v>
       </c>
       <c r="B36" t="s">
         <v>264</v>
       </c>
       <c r="C36" t="s">
         <v>265</v>
       </c>
       <c r="D36" t="s">
         <v>50</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>34</v>
       </c>
       <c r="G36" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="H36">
         <v>2015</v>
       </c>
       <c r="I36">
         <v>2018</v>
       </c>
       <c r="J36" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M36" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P36" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B37" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C37" t="s">
         <v>160</v>
       </c>
       <c r="D37" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2008</v>
       </c>
       <c r="I37">
         <v>2020</v>
       </c>
       <c r="J37" t="s">
         <v>67</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="M37" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="N37" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="O37" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P37" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B38" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C38" t="s">
         <v>128</v>
       </c>
       <c r="D38" t="s">
         <v>50</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>57</v>
       </c>
       <c r="G38" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H38">
         <v>2008</v>
       </c>
       <c r="I38">
         <v>2014</v>
       </c>
       <c r="J38" t="s">
         <v>246</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M38" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P38" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B39" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C39" t="s">
         <v>128</v>
       </c>
       <c r="D39" t="s">
         <v>50</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>57</v>
       </c>
       <c r="G39" t="s">
         <v>8</v>
       </c>
       <c r="H39">
         <v>2008</v>
       </c>
       <c r="I39">
         <v>2014</v>
       </c>
       <c r="J39" t="s">
         <v>246</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M39" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P39" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B40" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C40" t="s">
         <v>143</v>
       </c>
       <c r="D40" t="s">
         <v>50</v>
       </c>
       <c r="E40" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F40" t="s">
         <v>34</v>
       </c>
       <c r="G40" t="s">
         <v>77</v>
       </c>
       <c r="H40"/>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>221</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P40" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B41" t="s">
         <v>151</v>
       </c>
       <c r="C41" t="s">
         <v>152</v>
       </c>
       <c r="D41" t="s">
         <v>50</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1993</v>
       </c>
       <c r="I41">
         <v>2009</v>
       </c>
       <c r="J41" t="s">
         <v>153</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
         <v>154</v>
       </c>
       <c r="M41" t="s">
         <v>155</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P41" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B42" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C42" t="s">
         <v>128</v>
       </c>
       <c r="D42" t="s">
         <v>50</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2011</v>
       </c>
       <c r="I42">
         <v>2022</v>
       </c>
       <c r="J42" t="s">
         <v>246</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="M42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="P42" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B43" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C43" t="s">
         <v>128</v>
       </c>
       <c r="D43" t="s">
         <v>50</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>8</v>
+        <v>266</v>
       </c>
       <c r="H43">
         <v>2011</v>
       </c>
       <c r="I43">
         <v>2022</v>
       </c>
       <c r="J43" t="s">
         <v>246</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="M43" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="P43" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B44" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C44" t="s">
         <v>128</v>
       </c>
       <c r="D44" t="s">
         <v>50</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2011</v>
       </c>
       <c r="I44">
         <v>2025</v>
       </c>
       <c r="J44" t="s">
         <v>145</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P44" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B45" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C45" t="s">
         <v>136</v>
       </c>
       <c r="D45" t="s">
         <v>50</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>51</v>
       </c>
       <c r="H45">
         <v>2002</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>138</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="P45" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B46" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C46" t="s">
         <v>199</v>
       </c>
       <c r="D46" t="s">
         <v>200</v>
       </c>
       <c r="E46" t="s">
         <v>76</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>51</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>43</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>202</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P46" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B47" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C47" t="s">
         <v>212</v>
       </c>
       <c r="D47" t="s">
         <v>144</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>34</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>266</v>
       </c>
       <c r="H47">
         <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>23</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M47" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P47" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B48" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C48" t="s">
         <v>212</v>
       </c>
       <c r="D48" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>34</v>
       </c>
       <c r="G48" t="s">
         <v>51</v>
       </c>
       <c r="H48">
         <v>2021</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>23</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="P48" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B49" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C49" t="s">
         <v>212</v>
       </c>
       <c r="D49" t="s">
         <v>50</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>34</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2015</v>
       </c>
       <c r="I49">
         <v>2018</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="M49" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P49" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B50" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D50" t="s">
         <v>50</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="G50" t="s">
         <v>51</v>
       </c>
       <c r="H50">
         <v>2009</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P50" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B51" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C51" t="s">
         <v>219</v>
       </c>
       <c r="D51" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E51" t="s">
         <v>76</v>
       </c>
       <c r="F51" t="s">
         <v>57</v>
       </c>
       <c r="G51" t="s">
         <v>51</v>
       </c>
       <c r="H51">
         <v>2017</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>223</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P51" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>348</v>
-[...1 lines deleted...]
-      <c r="B52" t="s">
         <v>349</v>
       </c>
+      <c r="B52"/>
       <c r="C52" t="s">
-        <v>350</v>
+        <v>219</v>
       </c>
       <c r="D52" t="s">
         <v>50</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>34</v>
       </c>
       <c r="G52" t="s">
-        <v>51</v>
+        <v>282</v>
       </c>
       <c r="H52">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
+        <v>350</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
         <v>351</v>
       </c>
-      <c r="K52" t="s">
-[...2 lines deleted...]
-      <c r="L52" t="s">
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
         <v>352</v>
       </c>
-      <c r="M52" t="s">
+      <c r="P52" t="s">
         <v>353</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>354</v>
+      </c>
+      <c r="B53" t="s">
+        <v>355</v>
+      </c>
+      <c r="C53" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D53" t="s">
         <v>50</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>34</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H53">
-        <v>1993</v>
+        <v>2014</v>
       </c>
       <c r="I53">
-        <v>2007</v>
+        <v>2024</v>
       </c>
       <c r="J53" t="s">
-        <v>169</v>
+        <v>357</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
         <v>358</v>
       </c>
       <c r="M53" t="s">
-        <v>116</v>
+        <v>359</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P53" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B54" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C54" t="s">
-        <v>258</v>
+        <v>114</v>
       </c>
       <c r="D54" t="s">
-        <v>363</v>
+        <v>50</v>
       </c>
       <c r="E54" t="s">
-        <v>292</v>
+        <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>34</v>
       </c>
       <c r="G54" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-      <c r="I54"/>
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1993</v>
+      </c>
+      <c r="I54">
+        <v>2007</v>
+      </c>
       <c r="J54" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="L54"/>
-      <c r="M54"/>
+      <c r="L54" t="s">
+        <v>364</v>
+      </c>
+      <c r="M54" t="s">
+        <v>116</v>
+      </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P54" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B55" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C55" t="s">
-        <v>136</v>
+        <v>258</v>
       </c>
       <c r="D55" t="s">
-        <v>50</v>
+        <v>369</v>
       </c>
       <c r="E55" t="s">
-        <v>76</v>
+        <v>293</v>
       </c>
       <c r="F55" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>35</v>
+        <v>145</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
-      <c r="L55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L55"/>
+      <c r="M55"/>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="P55" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B56" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C56" t="s">
         <v>136</v>
       </c>
       <c r="D56" t="s">
         <v>50</v>
       </c>
       <c r="E56" t="s">
         <v>76</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>1991</v>
       </c>
       <c r="I56">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J56" t="s">
         <v>35</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>137</v>
+        <v>374</v>
       </c>
       <c r="M56" t="s">
         <v>138</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="P56" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B57" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C57" t="s">
         <v>136</v>
       </c>
       <c r="D57" t="s">
         <v>50</v>
       </c>
       <c r="E57" t="s">
         <v>76</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>1991</v>
       </c>
       <c r="I57">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="J57" t="s">
         <v>35</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
+        <v>137</v>
+      </c>
+      <c r="M57" t="s">
+        <v>138</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>379</v>
+      </c>
+      <c r="P57" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B58" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C58" t="s">
-        <v>380</v>
+        <v>136</v>
       </c>
       <c r="D58" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="E58" t="s">
         <v>76</v>
       </c>
       <c r="F58" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-      <c r="I58"/>
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1991</v>
+      </c>
+      <c r="I58">
+        <v>2016</v>
+      </c>
       <c r="J58" t="s">
-        <v>381</v>
+        <v>35</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
-        <v>68</v>
+        <v>382</v>
       </c>
       <c r="M58" t="s">
-        <v>382</v>
+        <v>253</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
         <v>383</v>
       </c>
       <c r="P58" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>384</v>
+      </c>
+      <c r="B59" t="s">
         <v>385</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>386</v>
       </c>
-      <c r="C59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="E59" t="s">
         <v>76</v>
       </c>
       <c r="F59" t="s">
-        <v>57</v>
+        <v>34</v>
       </c>
       <c r="G59" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="H59"/>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>35</v>
+        <v>387</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59" t="s">
-        <v>376</v>
+        <v>68</v>
       </c>
       <c r="M59" t="s">
-        <v>138</v>
+        <v>388</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="P59" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B60" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C60" t="s">
-        <v>391</v>
+        <v>136</v>
       </c>
       <c r="D60" t="s">
-        <v>392</v>
+        <v>50</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="F60" t="s">
         <v>57</v>
       </c>
       <c r="G60" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H60">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I60"/>
+        <v>2010</v>
+      </c>
+      <c r="I60">
+        <v>2010</v>
+      </c>
       <c r="J60" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
-      <c r="L60"/>
+      <c r="L60" t="s">
+        <v>382</v>
+      </c>
       <c r="M60" t="s">
+        <v>138</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
         <v>393</v>
       </c>
-      <c r="N60" t="s">
-[...2 lines deleted...]
-      <c r="O60" t="s">
+      <c r="P60" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>395</v>
+      </c>
+      <c r="B61" t="s">
         <v>396</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>397</v>
       </c>
-      <c r="C61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>50</v>
+        <v>398</v>
       </c>
       <c r="E61" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F61" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H61">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>183</v>
+        <v>67</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="L61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>178</v>
+        <v>399</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P61" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B62" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C62" t="s">
-        <v>402</v>
+        <v>176</v>
       </c>
       <c r="D62" t="s">
         <v>50</v>
       </c>
       <c r="E62" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="F62" t="s">
         <v>34</v>
       </c>
       <c r="G62" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H62">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I62"/>
+        <v>2020</v>
+      </c>
+      <c r="I62">
+        <v>2023</v>
+      </c>
       <c r="J62" t="s">
-        <v>266</v>
+        <v>183</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
-      <c r="L62"/>
+      <c r="L62" t="s">
+        <v>404</v>
+      </c>
       <c r="M62" t="s">
-        <v>403</v>
+        <v>178</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="P62" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B63" t="s">
         <v>407</v>
       </c>
       <c r="C63" t="s">
-        <v>105</v>
+        <v>408</v>
       </c>
       <c r="D63" t="s">
         <v>50</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H63">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>108</v>
+        <v>267</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
-      <c r="L63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
-        <v>109</v>
+        <v>409</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="P63" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B64" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C64" t="s">
         <v>105</v>
       </c>
       <c r="D64" t="s">
         <v>50</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>281</v>
+        <v>22</v>
       </c>
       <c r="H64">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I64"/>
+        <v>2007</v>
+      </c>
+      <c r="I64">
+        <v>2020</v>
+      </c>
       <c r="J64" t="s">
         <v>108</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
-      <c r="L64"/>
+      <c r="L64" t="s">
+        <v>414</v>
+      </c>
       <c r="M64" t="s">
         <v>109</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="P64" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B65" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C65" t="s">
-        <v>337</v>
+        <v>105</v>
       </c>
       <c r="D65" t="s">
         <v>50</v>
       </c>
       <c r="E65" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>282</v>
       </c>
       <c r="H65">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I65">
         <v>2021</v>
       </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>339</v>
+        <v>108</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="L65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
-        <v>418</v>
+        <v>109</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>419</v>
       </c>
       <c r="P65" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>421</v>
       </c>
       <c r="B66" t="s">
         <v>422</v>
       </c>
       <c r="C66" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D66" t="s">
         <v>50</v>
       </c>
       <c r="E66" t="s">
         <v>76</v>
       </c>
       <c r="F66" t="s">
-        <v>57</v>
+        <v>84</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>1995</v>
+        <v>2003</v>
       </c>
       <c r="I66">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J66" t="s">
-        <v>246</v>
+        <v>340</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
         <v>423</v>
       </c>
       <c r="M66" t="s">
         <v>424</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
         <v>425</v>
       </c>
       <c r="P66" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>427</v>
       </c>
       <c r="B67" t="s">
         <v>428</v>
       </c>
       <c r="C67" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D67" t="s">
         <v>50</v>
       </c>
       <c r="E67" t="s">
-        <v>20</v>
+        <v>76</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
-        <v>2003</v>
+        <v>1995</v>
       </c>
       <c r="I67">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="J67" t="s">
-        <v>339</v>
+        <v>246</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
-      <c r="L67"/>
+      <c r="L67" t="s">
+        <v>429</v>
+      </c>
       <c r="M67" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="P67" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B68" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C68" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D68" t="s">
         <v>50</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="H68">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I68"/>
+        <v>2003</v>
+      </c>
+      <c r="I68">
+        <v>2013</v>
+      </c>
       <c r="J68" t="s">
-        <v>246</v>
+        <v>340</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="P68" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B69" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C69" t="s">
-        <v>439</v>
+        <v>338</v>
       </c>
       <c r="D69" t="s">
-        <v>66</v>
+        <v>50</v>
       </c>
       <c r="E69" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>51</v>
       </c>
       <c r="H69">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>169</v>
+        <v>246</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
-      <c r="L69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
         <v>440</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>441</v>
       </c>
       <c r="P69" t="s">
         <v>442</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>443</v>
+      </c>
+      <c r="B70" t="s">
+        <v>444</v>
+      </c>
+      <c r="C70" t="s">
+        <v>445</v>
+      </c>
+      <c r="D70" t="s">
+        <v>66</v>
+      </c>
+      <c r="E70" t="s">
+        <v>76</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>51</v>
+      </c>
+      <c r="H70">
+        <v>2016</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>169</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>68</v>
+      </c>
+      <c r="M70" t="s">
+        <v>446</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>447</v>
+      </c>
+      <c r="P70" t="s">
+        <v>448</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">