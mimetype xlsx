--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -538,77 +538,80 @@
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
     <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
   </si>
   <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
   </si>
   <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
   </si>
   <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
   </si>
   <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
@@ -739,50 +742,53 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
     <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
   </si>
   <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
     <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
@@ -791,53 +797,50 @@
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1293,55 +1296,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="679.406" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2691,1016 +2694,1016 @@
       </c>
       <c r="P28" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>172</v>
       </c>
       <c r="B29" t="s">
         <v>173</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>174</v>
       </c>
       <c r="G29" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="H29">
         <v>2000</v>
       </c>
       <c r="I29">
         <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="M29" t="s">
         <v>26</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="P29" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B30" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>174</v>
       </c>
       <c r="G30" t="s">
         <v>50</v>
       </c>
       <c r="H30">
         <v>1999</v>
       </c>
       <c r="I30">
         <v>2022</v>
       </c>
       <c r="J30" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="P30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>49</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>174</v>
       </c>
       <c r="G31" t="s">
         <v>50</v>
       </c>
       <c r="H31">
         <v>2003</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
         <v>44</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M31" t="s">
         <v>26</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P31" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>49</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>174</v>
       </c>
       <c r="G32" t="s">
         <v>50</v>
       </c>
       <c r="H32">
         <v>2003</v>
       </c>
       <c r="I32">
         <v>2014</v>
       </c>
       <c r="J32" t="s">
         <v>44</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M32" t="s">
         <v>26</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P32" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B33" t="s">
         <v>99</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>174</v>
       </c>
       <c r="G33" t="s">
         <v>50</v>
       </c>
       <c r="H33">
         <v>2005</v>
       </c>
       <c r="I33">
         <v>2005</v>
       </c>
       <c r="J33" t="s">
         <v>44</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>25</v>
       </c>
       <c r="M33" t="s">
         <v>26</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P33" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B34" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>70</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>174</v>
       </c>
       <c r="G34" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="H34">
         <v>2005</v>
       </c>
       <c r="I34">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="J34" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>71</v>
       </c>
       <c r="M34" t="s">
         <v>26</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P34" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B35" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>70</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>174</v>
       </c>
       <c r="G35" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="H35">
         <v>2005</v>
       </c>
       <c r="I35">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J35" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M35" t="s">
         <v>26</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P35" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B36" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>49</v>
       </c>
       <c r="E36" t="s">
         <v>62</v>
       </c>
       <c r="F36" t="s">
         <v>174</v>
       </c>
       <c r="G36" t="s">
         <v>50</v>
       </c>
       <c r="H36">
         <v>2003</v>
       </c>
       <c r="I36">
         <v>2017</v>
       </c>
       <c r="J36" t="s">
         <v>44</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M36" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P36" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>49</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>174</v>
       </c>
       <c r="G37" t="s">
         <v>50</v>
       </c>
       <c r="H37">
         <v>2003</v>
       </c>
       <c r="I37">
         <v>2013</v>
       </c>
       <c r="J37" t="s">
         <v>44</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M37" t="s">
         <v>26</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P37" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
         <v>70</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>174</v>
       </c>
       <c r="G38" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="H38">
         <v>2000</v>
       </c>
       <c r="I38">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J38" t="s">
         <v>44</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="M38" t="s">
         <v>26</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P38" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>174</v>
       </c>
       <c r="G39" t="s">
         <v>50</v>
       </c>
       <c r="H39">
         <v>2003</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
         <v>44</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M39" t="s">
         <v>26</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P39" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B40" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>49</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>174</v>
       </c>
       <c r="G40" t="s">
         <v>50</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40">
         <v>2020</v>
       </c>
       <c r="J40" t="s">
         <v>44</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M40" t="s">
         <v>26</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P40" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B41" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
         <v>49</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>174</v>
       </c>
       <c r="G41" t="s">
         <v>50</v>
       </c>
       <c r="H41">
         <v>2005</v>
       </c>
       <c r="I41">
         <v>2015</v>
       </c>
       <c r="J41" t="s">
         <v>44</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M41" t="s">
         <v>26</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P41" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B42" t="s">
         <v>37</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>19</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>174</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>241</v>
       </c>
       <c r="H42">
         <v>2020</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
         <v>38</v>
       </c>
       <c r="M42" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="P42" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B43" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
         <v>19</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>174</v>
       </c>
       <c r="G43" t="s">
         <v>8</v>
       </c>
       <c r="H43">
         <v>1989</v>
       </c>
       <c r="I43">
         <v>2025</v>
       </c>
       <c r="J43" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="M43" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="P43" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B44" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
         <v>43</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>174</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>38</v>
       </c>
       <c r="M44" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="P44" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B45" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
         <v>61</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>174</v>
       </c>
       <c r="G45" t="s">
         <v>50</v>
       </c>
       <c r="H45">
         <v>2003</v>
       </c>
       <c r="I45">
         <v>2013</v>
       </c>
       <c r="J45" t="s">
         <v>44</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>95</v>
       </c>
       <c r="M45" t="s">
         <v>26</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="P45" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="B46" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C46" t="s">
-        <v>258</v>
+        <v>164</v>
       </c>
       <c r="D46" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>166</v>
       </c>
       <c r="G46" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H46">
         <v>2024</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M46" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P46" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B47" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C47" t="s">
-        <v>258</v>
+        <v>164</v>
       </c>
       <c r="D47" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>166</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2024</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M47" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P47" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B48" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C48" t="s">
         <v>164</v>
       </c>
       <c r="D48" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2018</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M48" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="P48" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">