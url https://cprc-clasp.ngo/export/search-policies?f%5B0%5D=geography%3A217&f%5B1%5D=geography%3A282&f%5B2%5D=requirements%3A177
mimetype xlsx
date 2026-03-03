--- v0 (2025-11-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="853">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1167,128 +1167,128 @@
                     IEC62552-3
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120212-2025-maximum-allowable-values-energy-consumption-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29DD444E06397BE0A0ACC4C</t>
   </si>
   <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
     <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
     <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
     <t>This standards revised minimum energy performance standards and rating for
 ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
 electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
 independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
 and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
   </si>
   <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
   </si>
   <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
     <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
   </si>
   <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
   </si>
   <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
@@ -1489,81 +1489,81 @@
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
@@ -1577,50 +1577,53 @@
     <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
     <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
 a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
 b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
 c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
 d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
 e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
 f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
@@ -2100,50 +2103,53 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
     <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
   </si>
   <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
     <t>It covers Squatting Toilets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
@@ -2443,176 +2449,179 @@
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
     <t>This policy covers regenerative rolling reheating furnaces.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
+    <t>Kitchen</t>
+  </si>
+  <si>
+    <t>GB 39177-2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
     <t>MEPS for electric pressure cookers</t>
   </si>
   <si>
-    <t>Kitchen</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
-[...7 lines deleted...]
-  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
     <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -2651,50 +2660,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
@@ -3058,51 +3076,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P155"/>
+  <dimension ref="A1:P156"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -6176,265 +6194,267 @@
       </c>
       <c r="P63" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>381</v>
       </c>
       <c r="B64" t="s">
         <v>142</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
         <v>143</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>351</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
       <c r="H64">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I64"/>
+        <v>1989</v>
+      </c>
+      <c r="I64">
+        <v>2017</v>
+      </c>
       <c r="J64" t="s">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>144</v>
       </c>
       <c r="M64" t="s">
         <v>367</v>
       </c>
       <c r="N64" t="s">
         <v>34</v>
       </c>
       <c r="O64" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="P64" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B65" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>351</v>
       </c>
       <c r="G65" t="s">
-        <v>75</v>
+        <v>382</v>
       </c>
       <c r="H65">
         <v>1989</v>
       </c>
       <c r="I65">
         <v>2009</v>
       </c>
       <c r="J65" t="s">
-        <v>51</v>
+        <v>383</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
         <v>190</v>
       </c>
       <c r="M65" t="s">
         <v>26</v>
       </c>
       <c r="N65" t="s">
         <v>34</v>
       </c>
       <c r="O65" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="P65" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="B66" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>351</v>
       </c>
       <c r="G66" t="s">
         <v>75</v>
       </c>
       <c r="H66">
         <v>1989</v>
       </c>
       <c r="I66">
         <v>2021</v>
       </c>
       <c r="J66" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M66" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N66" t="s">
         <v>34</v>
       </c>
       <c r="O66" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="P66" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B67" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C67" t="s">
         <v>18</v>
       </c>
       <c r="D67" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>351</v>
       </c>
       <c r="G67" t="s">
-        <v>75</v>
+        <v>382</v>
       </c>
       <c r="H67">
         <v>2000</v>
       </c>
       <c r="I67">
         <v>2012</v>
       </c>
       <c r="J67" t="s">
-        <v>51</v>
+        <v>383</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="M67" t="s">
         <v>26</v>
       </c>
       <c r="N67" t="s">
         <v>34</v>
       </c>
       <c r="O67" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="P67" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B68" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>351</v>
       </c>
       <c r="G68" t="s">
         <v>75</v>
       </c>
       <c r="H68">
         <v>1999</v>
       </c>
       <c r="I68">
         <v>2022</v>
       </c>
       <c r="J68" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N68" t="s">
         <v>34</v>
       </c>
       <c r="O68" t="s">
         <v>406</v>
       </c>
       <c r="P68" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>408</v>
       </c>
       <c r="B69" t="s">
         <v>409</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" t="s">
         <v>57</v>
       </c>
       <c r="E69" t="s">
@@ -6613,69 +6633,69 @@
       </c>
       <c r="M72" t="s">
         <v>26</v>
       </c>
       <c r="N72" t="s">
         <v>34</v>
       </c>
       <c r="O72" t="s">
         <v>425</v>
       </c>
       <c r="P72" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>427</v>
       </c>
       <c r="B73" t="s">
         <v>428</v>
       </c>
       <c r="C73" t="s">
         <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>351</v>
       </c>
       <c r="G73" t="s">
-        <v>75</v>
+        <v>382</v>
       </c>
       <c r="H73">
         <v>2005</v>
       </c>
       <c r="I73">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="J73" t="s">
-        <v>51</v>
+        <v>383</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
         <v>429</v>
       </c>
       <c r="M73" t="s">
         <v>26</v>
       </c>
       <c r="N73" t="s">
         <v>34</v>
       </c>
       <c r="O73" t="s">
         <v>430</v>
       </c>
       <c r="P73" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>432</v>
       </c>
       <c r="B74" t="s">
@@ -6961,69 +6981,69 @@
       </c>
       <c r="M79" t="s">
         <v>26</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
         <v>463</v>
       </c>
       <c r="P79" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>465</v>
       </c>
       <c r="B80" t="s">
         <v>466</v>
       </c>
       <c r="C80" t="s">
         <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>351</v>
       </c>
       <c r="G80" t="s">
-        <v>75</v>
+        <v>382</v>
       </c>
       <c r="H80">
         <v>2005</v>
       </c>
       <c r="I80">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="J80" t="s">
-        <v>51</v>
+        <v>383</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80" t="s">
         <v>467</v>
       </c>
       <c r="M80" t="s">
         <v>26</v>
       </c>
       <c r="N80" t="s">
         <v>34</v>
       </c>
       <c r="O80" t="s">
         <v>468</v>
       </c>
       <c r="P80" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>470</v>
       </c>
       <c r="B81" t="s">
@@ -7070,89 +7090,89 @@
       </c>
       <c r="P81" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>475</v>
       </c>
       <c r="B82" t="s">
         <v>476</v>
       </c>
       <c r="C82" t="s">
         <v>18</v>
       </c>
       <c r="D82" t="s">
         <v>477</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>351</v>
       </c>
       <c r="G82" t="s">
-        <v>75</v>
+        <v>478</v>
       </c>
       <c r="H82">
         <v>2007</v>
       </c>
       <c r="I82">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J82" t="s">
         <v>51</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="M82" t="s">
         <v>26</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="P82" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B83" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C83" t="s">
-        <v>483</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
         <v>484</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>351</v>
       </c>
       <c r="G83" t="s">
         <v>8</v>
       </c>
       <c r="H83">
         <v>2007</v>
       </c>
       <c r="I83">
         <v>2025</v>
       </c>
       <c r="J83" t="s">
         <v>485</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
@@ -7270,3460 +7290,3506 @@
       </c>
       <c r="P85" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
         <v>498</v>
       </c>
       <c r="B86" t="s">
         <v>499</v>
       </c>
       <c r="C86" t="s">
         <v>18</v>
       </c>
       <c r="D86" t="s">
         <v>500</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>351</v>
       </c>
       <c r="G86" t="s">
-        <v>75</v>
+        <v>382</v>
       </c>
       <c r="H86">
         <v>2008</v>
       </c>
       <c r="I86">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J86" t="s">
-        <v>51</v>
+        <v>383</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
         <v>501</v>
       </c>
       <c r="M86" t="s">
         <v>26</v>
       </c>
       <c r="N86" t="s">
         <v>34</v>
       </c>
       <c r="O86" t="s">
         <v>502</v>
       </c>
       <c r="P86" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
         <v>504</v>
       </c>
       <c r="B87" t="s">
         <v>505</v>
       </c>
       <c r="C87" t="s">
-        <v>483</v>
+        <v>506</v>
       </c>
       <c r="D87" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>351</v>
       </c>
       <c r="G87" t="s">
         <v>75</v>
       </c>
       <c r="H87">
         <v>2008</v>
       </c>
       <c r="I87">
         <v>2024</v>
       </c>
       <c r="J87" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="M87" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N87" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="O87" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="P87" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B88" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C88" t="s">
         <v>18</v>
       </c>
       <c r="D88" t="s">
         <v>19</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>351</v>
       </c>
       <c r="G88" t="s">
         <v>75</v>
       </c>
       <c r="H88">
         <v>2008</v>
       </c>
       <c r="I88">
         <v>2008</v>
       </c>
       <c r="J88" t="s">
         <v>51</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88" t="s">
         <v>25</v>
       </c>
       <c r="M88" t="s">
         <v>26</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="P88" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B89" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C89" t="s">
         <v>18</v>
       </c>
       <c r="D89" t="s">
         <v>172</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>351</v>
       </c>
       <c r="G89" t="s">
         <v>75</v>
       </c>
       <c r="H89">
         <v>2008</v>
       </c>
       <c r="I89">
         <v>2011</v>
       </c>
       <c r="J89" t="s">
         <v>51</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
         <v>173</v>
       </c>
       <c r="M89" t="s">
         <v>26</v>
       </c>
       <c r="N89" t="s">
         <v>34</v>
       </c>
       <c r="O89" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="P89" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B90" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C90" t="s">
         <v>18</v>
       </c>
       <c r="D90" t="s">
         <v>178</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>351</v>
       </c>
       <c r="G90" t="s">
         <v>75</v>
       </c>
       <c r="H90">
         <v>2008</v>
       </c>
       <c r="I90">
         <v>2016</v>
       </c>
       <c r="J90" t="s">
         <v>51</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="M90" t="s">
         <v>26</v>
       </c>
       <c r="N90" t="s">
         <v>34</v>
       </c>
       <c r="O90" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="P90" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B91" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C91" t="s">
         <v>18</v>
       </c>
       <c r="D91" t="s">
         <v>282</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>351</v>
       </c>
       <c r="G91" t="s">
         <v>75</v>
       </c>
       <c r="H91">
         <v>2010</v>
       </c>
       <c r="I91">
         <v>2015</v>
       </c>
       <c r="J91" t="s">
         <v>51</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91" t="s">
         <v>283</v>
       </c>
       <c r="M91" t="s">
         <v>26</v>
       </c>
       <c r="N91" t="s">
         <v>34</v>
       </c>
       <c r="O91" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="P91" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B92" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>351</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2010</v>
       </c>
       <c r="I92">
         <v>2021</v>
       </c>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92" t="s">
         <v>160</v>
       </c>
       <c r="L92" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="M92" t="s">
         <v>26</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="P92" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B93" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>351</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2010</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>51</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="M93" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="P93" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B94" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
         <v>230</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>351</v>
       </c>
       <c r="G94" t="s">
-        <v>75</v>
+        <v>382</v>
       </c>
       <c r="H94">
         <v>2010</v>
       </c>
       <c r="I94">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="J94" t="s">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
         <v>127</v>
       </c>
       <c r="M94" t="s">
         <v>26</v>
       </c>
       <c r="N94" t="s">
         <v>34</v>
       </c>
       <c r="O94" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="P94" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B95" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
         <v>83</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>351</v>
       </c>
       <c r="G95" t="s">
         <v>75</v>
       </c>
       <c r="H95">
         <v>1989</v>
       </c>
       <c r="I95">
         <v>2016</v>
       </c>
       <c r="J95" t="s">
         <v>51</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
         <v>84</v>
       </c>
       <c r="M95" t="s">
         <v>26</v>
       </c>
       <c r="N95" t="s">
         <v>34</v>
       </c>
       <c r="O95" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="P95" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B96" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>351</v>
       </c>
       <c r="G96" t="s">
         <v>75</v>
       </c>
       <c r="H96">
         <v>2010</v>
       </c>
       <c r="I96">
         <v>2021</v>
       </c>
       <c r="J96" t="s">
         <v>76</v>
       </c>
       <c r="K96" t="s">
         <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="M96" t="s">
         <v>367</v>
       </c>
       <c r="N96" t="s">
         <v>34</v>
       </c>
       <c r="O96" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="P96" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B97" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C97" t="s">
         <v>18</v>
       </c>
       <c r="D97" t="s">
         <v>322</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>351</v>
       </c>
       <c r="G97" t="s">
         <v>75</v>
       </c>
       <c r="H97">
         <v>2011</v>
       </c>
       <c r="I97">
         <v>2020</v>
       </c>
       <c r="J97" t="s">
         <v>51</v>
       </c>
       <c r="K97" t="s">
         <v>312</v>
       </c>
       <c r="L97" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="M97" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N97" t="s">
         <v>314</v>
       </c>
       <c r="O97" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="P97" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B98" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C98" t="s">
         <v>18</v>
       </c>
       <c r="D98" t="s">
         <v>310</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>351</v>
       </c>
       <c r="G98" t="s">
         <v>75</v>
       </c>
       <c r="H98">
         <v>2010</v>
       </c>
       <c r="I98">
         <v>2017</v>
       </c>
       <c r="J98" t="s">
         <v>51</v>
       </c>
       <c r="K98" t="s">
         <v>312</v>
       </c>
       <c r="L98" t="s">
         <v>325</v>
       </c>
       <c r="M98" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N98" t="s">
         <v>314</v>
       </c>
       <c r="O98" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P98" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B99" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
         <v>109</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>351</v>
       </c>
       <c r="G99" t="s">
         <v>75</v>
       </c>
       <c r="H99">
         <v>2011</v>
       </c>
       <c r="I99">
         <v>2016</v>
       </c>
       <c r="J99" t="s">
         <v>51</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
         <v>110</v>
       </c>
       <c r="M99" t="s">
         <v>26</v>
       </c>
       <c r="N99" t="s">
         <v>34</v>
       </c>
       <c r="O99" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="P99" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B100" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C100" t="s">
         <v>18</v>
       </c>
       <c r="D100" t="s">
         <v>32</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>351</v>
       </c>
       <c r="G100" t="s">
         <v>75</v>
       </c>
       <c r="H100">
         <v>2011</v>
       </c>
       <c r="I100">
         <v>2012</v>
       </c>
       <c r="J100" t="s">
         <v>51</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
         <v>248</v>
       </c>
       <c r="M100" t="s">
         <v>26</v>
       </c>
       <c r="N100" t="s">
         <v>34</v>
       </c>
       <c r="O100" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P100" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B101" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C101" t="s">
         <v>18</v>
       </c>
       <c r="D101" t="s">
         <v>32</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>351</v>
       </c>
       <c r="G101" t="s">
         <v>75</v>
       </c>
       <c r="H101">
         <v>2011</v>
       </c>
       <c r="I101">
         <v>2017</v>
       </c>
       <c r="J101" t="s">
         <v>51</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="M101" t="s">
         <v>26</v>
       </c>
       <c r="N101" t="s">
         <v>34</v>
       </c>
       <c r="O101" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="P101" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B102" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>351</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2021</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
         <v>23</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
       <c r="L102" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="M102" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N102" t="s">
         <v>34</v>
       </c>
       <c r="O102" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="P102" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B103" t="s">
         <v>235</v>
       </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
         <v>172</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>351</v>
       </c>
       <c r="G103" t="s">
-        <v>75</v>
+        <v>365</v>
       </c>
       <c r="H103">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I103">
         <v>2012</v>
       </c>
       <c r="J103" t="s">
-        <v>51</v>
+        <v>383</v>
       </c>
       <c r="K103" t="s">
         <v>236</v>
       </c>
       <c r="L103" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="M103" t="s">
         <v>26</v>
       </c>
       <c r="N103" t="s">
         <v>34</v>
       </c>
       <c r="O103" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="P103" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B104" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C104" t="s">
         <v>18</v>
       </c>
       <c r="D104" t="s">
         <v>172</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>351</v>
       </c>
       <c r="G104" t="s">
         <v>8</v>
       </c>
       <c r="H104">
         <v>2011</v>
       </c>
       <c r="I104">
         <v>2025</v>
       </c>
       <c r="J104" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="K104" t="s">
         <v>24</v>
       </c>
       <c r="L104" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="M104" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N104" t="s">
         <v>34</v>
       </c>
       <c r="O104" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="P104" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B105" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C105" t="s">
         <v>18</v>
       </c>
       <c r="D105" t="s">
         <v>318</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>351</v>
       </c>
       <c r="G105" t="s">
         <v>75</v>
       </c>
       <c r="H105">
         <v>2012</v>
       </c>
       <c r="I105">
         <v>2020</v>
       </c>
       <c r="J105" t="s">
         <v>51</v>
       </c>
       <c r="K105" t="s">
         <v>312</v>
       </c>
       <c r="L105" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="M105" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N105" t="s">
         <v>314</v>
       </c>
       <c r="O105" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="P105" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B106" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
         <v>320</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>351</v>
       </c>
       <c r="G106" t="s">
         <v>75</v>
       </c>
       <c r="H106">
         <v>2013</v>
       </c>
       <c r="I106">
         <v>2020</v>
       </c>
       <c r="J106" t="s">
         <v>51</v>
       </c>
       <c r="K106" t="s">
         <v>312</v>
       </c>
       <c r="L106" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="M106" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N106" t="s">
         <v>314</v>
       </c>
       <c r="O106" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="P106" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B107" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
         <v>310</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>351</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2013</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>23</v>
       </c>
       <c r="K107" t="s">
         <v>312</v>
       </c>
       <c r="L107" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="M107" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N107" t="s">
         <v>314</v>
       </c>
       <c r="O107" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="P107" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B108" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
         <v>242</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>351</v>
       </c>
       <c r="G108" t="s">
         <v>75</v>
       </c>
       <c r="H108">
         <v>2012</v>
       </c>
       <c r="I108">
         <v>2016</v>
       </c>
       <c r="J108" t="s">
         <v>51</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="M108" t="s">
         <v>26</v>
       </c>
       <c r="N108" t="s">
         <v>34</v>
       </c>
       <c r="O108" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="P108" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B109" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
         <v>214</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>351</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2012</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>23</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="M109" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P109" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B110" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>351</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2020</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>23</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M110" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="P110" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B111" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
         <v>259</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>351</v>
       </c>
       <c r="G111" t="s">
         <v>75</v>
       </c>
       <c r="H111">
         <v>2003</v>
       </c>
       <c r="I111">
         <v>2013</v>
       </c>
       <c r="J111" t="s">
         <v>51</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M111" t="s">
         <v>26</v>
       </c>
       <c r="N111" t="s">
         <v>34</v>
       </c>
       <c r="O111" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="P111" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B112" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>351</v>
       </c>
       <c r="G112" t="s">
-        <v>75</v>
+        <v>382</v>
       </c>
       <c r="H112">
         <v>2000</v>
       </c>
       <c r="I112">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J112" t="s">
         <v>51</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="M112" t="s">
         <v>26</v>
       </c>
       <c r="N112" t="s">
         <v>34</v>
       </c>
       <c r="O112" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="P112" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B113" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>351</v>
       </c>
       <c r="G113" t="s">
         <v>75</v>
       </c>
       <c r="H113">
         <v>2003</v>
       </c>
       <c r="I113">
         <v>2013</v>
       </c>
       <c r="J113" t="s">
         <v>51</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="M113" t="s">
         <v>26</v>
       </c>
       <c r="N113" t="s">
         <v>34</v>
       </c>
       <c r="O113" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="P113" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B114" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
         <v>265</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>351</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2013</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>51</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="M114" t="s">
         <v>26</v>
       </c>
       <c r="N114" t="s">
         <v>34</v>
       </c>
       <c r="O114" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="P114" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B115" t="s">
         <v>50</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>68</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>351</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2013</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>23</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
         <v>52</v>
       </c>
       <c r="M115" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N115" t="s">
         <v>34</v>
       </c>
       <c r="O115" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="P115" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B116" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
         <v>172</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>351</v>
       </c>
       <c r="G116" t="s">
         <v>75</v>
       </c>
       <c r="H116">
         <v>2008</v>
       </c>
       <c r="I116">
         <v>2013</v>
       </c>
       <c r="J116" t="s">
         <v>51</v>
       </c>
       <c r="K116" t="s">
         <v>24</v>
       </c>
       <c r="L116" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="M116" t="s">
         <v>26</v>
       </c>
       <c r="N116" t="s">
         <v>34</v>
       </c>
       <c r="O116" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="P116" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B117" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
         <v>63</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>351</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2014</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
         <v>51</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117" t="s">
         <v>58</v>
       </c>
       <c r="M117" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="P117" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B118" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>351</v>
       </c>
       <c r="G118" t="s">
         <v>444</v>
       </c>
       <c r="H118" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="I118">
         <v>2024</v>
       </c>
       <c r="J118" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="K118" t="s">
         <v>24</v>
       </c>
       <c r="L118"/>
       <c r="M118" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="P118" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B119" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
         <v>57</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>351</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2014</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
         <v>51</v>
       </c>
       <c r="K119" t="s">
         <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="M119" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="P119" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B120" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
         <v>259</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>351</v>
       </c>
       <c r="G120" t="s">
         <v>75</v>
       </c>
       <c r="H120">
         <v>2013</v>
       </c>
       <c r="I120">
         <v>2020</v>
       </c>
       <c r="J120" t="s">
         <v>51</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="M120" t="s">
         <v>26</v>
       </c>
       <c r="N120" t="s">
         <v>34</v>
       </c>
       <c r="O120" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="P120" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B121" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
         <v>288</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>351</v>
       </c>
       <c r="G121" t="s">
-        <v>22</v>
+        <v>673</v>
       </c>
       <c r="H121">
+        <v>2014</v>
+      </c>
+      <c r="I121">
         <v>2015</v>
       </c>
-      <c r="I121"/>
       <c r="J121" t="s">
         <v>51</v>
       </c>
       <c r="K121" t="s">
         <v>160</v>
       </c>
       <c r="L121" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="M121" t="s">
         <v>26</v>
       </c>
       <c r="N121" t="s">
         <v>34</v>
       </c>
       <c r="O121" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="P121" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B122" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
         <v>310</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>351</v>
       </c>
       <c r="G122" t="s">
         <v>75</v>
       </c>
       <c r="H122">
         <v>2014</v>
       </c>
       <c r="I122">
         <v>2020</v>
       </c>
       <c r="J122" t="s">
         <v>51</v>
       </c>
       <c r="K122" t="s">
         <v>312</v>
       </c>
       <c r="L122" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="M122" t="s">
         <v>313</v>
       </c>
       <c r="N122" t="s">
         <v>314</v>
       </c>
       <c r="O122" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="P122" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B123" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>351</v>
       </c>
       <c r="G123" t="s">
-        <v>75</v>
+        <v>365</v>
       </c>
       <c r="H123">
         <v>2008</v>
       </c>
       <c r="I123">
         <v>2015</v>
       </c>
       <c r="J123" t="s">
-        <v>51</v>
+        <v>383</v>
       </c>
       <c r="K123" t="s">
         <v>160</v>
       </c>
       <c r="L123" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="M123" t="s">
         <v>26</v>
       </c>
       <c r="N123" t="s">
         <v>34</v>
       </c>
       <c r="O123" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="P123" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B124" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C124" t="s">
         <v>18</v>
       </c>
       <c r="D124" t="s">
         <v>137</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>351</v>
       </c>
       <c r="G124" t="s">
         <v>75</v>
       </c>
       <c r="H124">
         <v>2008</v>
       </c>
       <c r="I124">
         <v>2015</v>
       </c>
       <c r="J124" t="s">
         <v>51</v>
       </c>
       <c r="K124" t="s">
         <v>24</v>
       </c>
       <c r="L124" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="M124" t="s">
         <v>26</v>
       </c>
       <c r="N124" t="s">
         <v>34</v>
       </c>
       <c r="O124" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="P124" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="B125" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>351</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2015</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>51</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="M125" t="s">
         <v>26</v>
       </c>
       <c r="N125" t="s">
         <v>34</v>
       </c>
       <c r="O125" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="P125" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B126" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
         <v>259</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>351</v>
       </c>
       <c r="G126" t="s">
         <v>75</v>
       </c>
       <c r="H126">
         <v>2005</v>
       </c>
       <c r="I126">
         <v>2015</v>
       </c>
       <c r="J126" t="s">
         <v>51</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="M126" t="s">
         <v>26</v>
       </c>
       <c r="N126" t="s">
         <v>34</v>
       </c>
       <c r="O126" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="P126" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="B127" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
         <v>97</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>351</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2016</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
         <v>51</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="M127" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N127" t="s">
         <v>34</v>
       </c>
       <c r="O127" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="P127" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="B128" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C128" t="s">
         <v>18</v>
       </c>
       <c r="D128" t="s">
         <v>456</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>351</v>
       </c>
       <c r="G128" t="s">
         <v>75</v>
       </c>
       <c r="H128">
         <v>2005</v>
       </c>
       <c r="I128">
         <v>2016</v>
       </c>
       <c r="J128" t="s">
         <v>51</v>
       </c>
       <c r="K128" t="s">
         <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="M128" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="P128" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="B129" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C129" t="s">
         <v>18</v>
       </c>
       <c r="D129" t="s">
         <v>121</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>351</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2016</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
         <v>51</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="M129" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N129" t="s">
         <v>34</v>
       </c>
       <c r="O129" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="P129" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="B130" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C130" t="s">
         <v>18</v>
       </c>
       <c r="D130" t="s">
         <v>456</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>351</v>
       </c>
       <c r="G130" t="s">
         <v>75</v>
       </c>
       <c r="H130">
         <v>2005</v>
       </c>
       <c r="I130">
         <v>2017</v>
       </c>
       <c r="J130" t="s">
         <v>51</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="M130" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="P130" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B131" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="C131" t="s">
         <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>351</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2017</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
         <v>51</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="M131" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="P131" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="B132" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
         <v>334</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>351</v>
       </c>
       <c r="G132" t="s">
         <v>75</v>
       </c>
       <c r="H132">
         <v>2017</v>
       </c>
       <c r="I132">
         <v>2021</v>
       </c>
       <c r="J132" t="s">
         <v>76</v>
       </c>
       <c r="K132" t="s">
         <v>312</v>
       </c>
       <c r="L132" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="M132" t="s">
         <v>367</v>
       </c>
       <c r="N132" t="s">
         <v>314</v>
       </c>
       <c r="O132" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="P132" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="B133" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="C133" t="s">
         <v>18</v>
       </c>
       <c r="D133" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>351</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2019</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
         <v>23</v>
       </c>
       <c r="K133" t="s">
         <v>24</v>
       </c>
       <c r="L133" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="M133" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N133" t="s">
         <v>34</v>
       </c>
       <c r="O133" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="P133" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B134" t="s">
         <v>102</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
         <v>103</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>351</v>
       </c>
       <c r="G134" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
       <c r="H134">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c r="K134" t="s">
         <v>24</v>
       </c>
       <c r="L134" t="s">
         <v>104</v>
       </c>
       <c r="M134" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N134" t="s">
         <v>34</v>
       </c>
       <c r="O134" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="P134" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B135" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C135" t="s">
         <v>18</v>
       </c>
       <c r="D135" t="s">
         <v>103</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>351</v>
       </c>
       <c r="G135" t="s">
         <v>75</v>
       </c>
       <c r="H135">
         <v>2018</v>
       </c>
       <c r="I135">
         <v>2024</v>
       </c>
       <c r="J135" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
       <c r="L135" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="M135" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N135" t="s">
         <v>34</v>
       </c>
       <c r="O135" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="P135" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="B136" t="s">
         <v>126</v>
       </c>
       <c r="C136" t="s">
         <v>18</v>
       </c>
       <c r="D136" t="s">
         <v>45</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>351</v>
       </c>
       <c r="G136" t="s">
-        <v>22</v>
+        <v>673</v>
       </c>
       <c r="H136">
         <v>2020</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
         <v>23</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
       <c r="L136" t="s">
         <v>127</v>
       </c>
       <c r="M136" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N136" t="s">
         <v>34</v>
       </c>
       <c r="O136" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="P136" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B137" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="C137" t="s">
         <v>18</v>
       </c>
       <c r="D137" t="s">
         <v>45</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>351</v>
       </c>
       <c r="G137" t="s">
         <v>8</v>
       </c>
       <c r="H137">
         <v>1989</v>
       </c>
       <c r="I137">
         <v>2025</v>
       </c>
       <c r="J137" t="s">
         <v>373</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="M137" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N137" t="s">
         <v>34</v>
       </c>
       <c r="O137" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="P137" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B138" t="s">
         <v>38</v>
       </c>
       <c r="C138" t="s">
         <v>18</v>
       </c>
       <c r="D138" t="s">
         <v>39</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>351</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2020</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
         <v>23</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
         <v>40</v>
       </c>
       <c r="M138" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N138" t="s">
         <v>34</v>
       </c>
       <c r="O138" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="P138" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B139" t="s">
         <v>136</v>
       </c>
       <c r="C139" t="s">
         <v>18</v>
       </c>
       <c r="D139" t="s">
         <v>137</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>351</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
         <v>2020</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
         <v>23</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
         <v>138</v>
       </c>
       <c r="M139" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N139" t="s">
         <v>34</v>
       </c>
       <c r="O139" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="P139" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B140" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140" t="s">
         <v>456</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>351</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2020</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>23</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="M140" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="P140" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B141" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C141" t="s">
         <v>18</v>
       </c>
       <c r="D141" t="s">
         <v>103</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>351</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2020</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>23</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="M141" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="P141" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="B142" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="C142" t="s">
         <v>18</v>
       </c>
       <c r="D142" t="s">
         <v>456</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>351</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2020</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
         <v>23</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="M142" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N142" t="s">
         <v>34</v>
       </c>
       <c r="O142" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="P142" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="B143" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C143" t="s">
         <v>18</v>
       </c>
       <c r="D143" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>351</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>673</v>
       </c>
       <c r="H143">
         <v>2021</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
         <v>23</v>
       </c>
       <c r="K143" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="L143" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="M143" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N143" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="O143" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="P143" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="B144" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C144" t="s">
         <v>18</v>
       </c>
       <c r="D144" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>351</v>
       </c>
       <c r="G144" t="s">
         <v>8</v>
       </c>
       <c r="H144">
         <v>2019</v>
       </c>
       <c r="I144">
         <v>2025</v>
       </c>
       <c r="J144" t="s">
-        <v>391</v>
+        <v>786</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="M144" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N144" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="O144" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="P144" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="B145" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
         <v>310</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>351</v>
       </c>
       <c r="G145" t="s">
-        <v>22</v>
+        <v>792</v>
       </c>
       <c r="H145">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c r="K145" t="s">
         <v>312</v>
       </c>
       <c r="L145" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="M145" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N145" t="s">
         <v>314</v>
       </c>
       <c r="O145" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="P145" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="B146" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="C146" t="s">
         <v>18</v>
       </c>
       <c r="D146" t="s">
         <v>310</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>351</v>
       </c>
       <c r="G146" t="s">
         <v>8</v>
       </c>
       <c r="H146">
         <v>2019</v>
       </c>
       <c r="I146">
         <v>2025</v>
       </c>
       <c r="J146" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N146" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="O146" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="P146" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="B147" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="C147" t="s">
         <v>18</v>
       </c>
       <c r="D147" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>351</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2020</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
         <v>23</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
         <v>127</v>
       </c>
       <c r="M147" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="P147" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="B148" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="C148" t="s">
         <v>18</v>
       </c>
       <c r="D148" t="s">
         <v>132</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>351</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>2021</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
         <v>23</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
         <v>127</v>
       </c>
       <c r="M148" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N148" t="s">
         <v>34</v>
       </c>
       <c r="O148" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="P148" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="B149" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="C149" t="s">
         <v>18</v>
       </c>
       <c r="D149" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>351</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
       <c r="H149">
         <v>2021</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
         <v>76</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="M149" t="s">
         <v>367</v>
       </c>
       <c r="N149" t="s">
         <v>34</v>
       </c>
       <c r="O149" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="P149" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="B150" t="s">
+        <v>814</v>
+      </c>
+      <c r="C150" t="s">
+        <v>18</v>
+      </c>
+      <c r="D150" t="s">
         <v>810</v>
-      </c>
-[...4 lines deleted...]
-        <v>806</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>351</v>
       </c>
       <c r="G150" t="s">
-        <v>22</v>
+        <v>382</v>
       </c>
       <c r="H150">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>76</v>
+        <v>383</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="M150" t="s">
         <v>367</v>
       </c>
       <c r="N150" t="s">
         <v>34</v>
       </c>
       <c r="O150" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="P150" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="B151" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="C151" t="s">
         <v>18</v>
       </c>
       <c r="D151" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>351</v>
       </c>
       <c r="G151" t="s">
         <v>75</v>
       </c>
       <c r="H151">
         <v>2003</v>
       </c>
       <c r="I151">
         <v>2013</v>
       </c>
       <c r="J151" t="s">
         <v>51</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="M151" t="s">
         <v>26</v>
       </c>
       <c r="N151" t="s">
         <v>34</v>
       </c>
       <c r="O151" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="P151" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B152" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="C152" t="s">
         <v>18</v>
       </c>
       <c r="D152" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>351</v>
       </c>
       <c r="G152" t="s">
         <v>8</v>
       </c>
       <c r="H152">
         <v>2014</v>
       </c>
       <c r="I152">
         <v>2025</v>
       </c>
       <c r="J152" t="s">
-        <v>405</v>
+        <v>383</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="N152" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="O152" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="P152" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="B153" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="C153" t="s">
-        <v>825</v>
+        <v>340</v>
       </c>
       <c r="D153" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="G153" t="s">
         <v>444</v>
       </c>
       <c r="H153">
         <v>2024</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="M153" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="N153" t="s">
         <v>34</v>
       </c>
       <c r="O153" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="P153" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B154" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="C154" t="s">
-        <v>825</v>
+        <v>340</v>
       </c>
       <c r="D154" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2024</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="M154" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="N154" t="s">
         <v>34</v>
       </c>
       <c r="O154" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="P154" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>838</v>
-[...3 lines deleted...]
-      </c>
+        <v>841</v>
+      </c>
+      <c r="B155"/>
       <c r="C155" t="s">
         <v>340</v>
       </c>
       <c r="D155" t="s">
-        <v>840</v>
+        <v>220</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
       <c r="G155" t="s">
-        <v>22</v>
+        <v>444</v>
       </c>
       <c r="H155">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
         <v>842</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
-      <c r="L155" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L155"/>
       <c r="M155" t="s">
-        <v>844</v>
+        <v>833</v>
       </c>
       <c r="N155" t="s">
         <v>34</v>
       </c>
       <c r="O155" t="s">
+        <v>843</v>
+      </c>
+      <c r="P155" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>844</v>
+      </c>
+      <c r="B156" t="s">
         <v>845</v>
       </c>
-      <c r="P155" t="s">
+      <c r="C156" t="s">
+        <v>340</v>
+      </c>
+      <c r="D156" t="s">
         <v>846</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>847</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2018</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>848</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
+        <v>849</v>
+      </c>
+      <c r="M156" t="s">
+        <v>850</v>
+      </c>
+      <c r="N156" t="s">
+        <v>34</v>
+      </c>
+      <c r="O156" t="s">
+        <v>851</v>
+      </c>
+      <c r="P156" t="s">
+        <v>852</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">