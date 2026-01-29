--- v0 (2025-12-01)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="984">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="988">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -567,51 +567,51 @@
   </si>
   <si>
     <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
   </si>
   <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
@@ -1505,53 +1505,50 @@
     <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
     <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
@@ -1587,50 +1584,59 @@
     <t>Luminaires</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -2942,50 +2948,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
     <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
@@ -3100,50 +3109,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -3564,65 +3576,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P176"/>
+  <dimension ref="A1:P177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -7458,4618 +7470,4662 @@
       <c r="K81" t="s">
         <v>37</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
         <v>26</v>
       </c>
       <c r="N81" t="s">
         <v>38</v>
       </c>
       <c r="O81" t="s">
         <v>483</v>
       </c>
       <c r="P81" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>484</v>
       </c>
       <c r="B82" t="s">
         <v>485</v>
       </c>
       <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>34</v>
       </c>
       <c r="G82" t="s">
         <v>45</v>
       </c>
       <c r="H82">
         <v>2024</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
+        <v>487</v>
+      </c>
+      <c r="K82" t="s">
+        <v>37</v>
+      </c>
+      <c r="L82" t="s">
         <v>488</v>
       </c>
-      <c r="K82" t="s">
-[...2 lines deleted...]
-      <c r="L82" t="s">
+      <c r="M82" t="s">
         <v>489</v>
       </c>
-      <c r="M82" t="s">
+      <c r="N82" t="s">
+        <v>38</v>
+      </c>
+      <c r="O82" t="s">
         <v>490</v>
       </c>
-      <c r="N82" t="s">
-[...2 lines deleted...]
-      <c r="O82" t="s">
+      <c r="P82" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
+        <v>492</v>
+      </c>
+      <c r="B83" t="s">
         <v>493</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
         <v>494</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>34</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2024</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="K83" t="s">
         <v>37</v>
       </c>
       <c r="L83" t="s">
+        <v>495</v>
+      </c>
+      <c r="M83" t="s">
+        <v>489</v>
+      </c>
+      <c r="N83" t="s">
+        <v>38</v>
+      </c>
+      <c r="O83" t="s">
         <v>496</v>
       </c>
-      <c r="M83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P83" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>498</v>
-[...3 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="B84"/>
       <c r="C84" t="s">
         <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>158</v>
+        <v>192</v>
       </c>
       <c r="E84" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="G84" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="H84">
         <v>2017</v>
       </c>
-      <c r="I84">
-[...1 lines deleted...]
-      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>63</v>
+        <v>498</v>
       </c>
       <c r="K84" t="s">
         <v>37</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>26</v>
+        <v>489</v>
       </c>
       <c r="N84" t="s">
         <v>38</v>
       </c>
       <c r="O84" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="P84" t="s">
-        <v>247</v>
+        <v>491</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
+        <v>500</v>
+      </c>
+      <c r="B85" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="C85" t="s">
         <v>18</v>
       </c>
       <c r="D85" t="s">
-        <v>503</v>
+        <v>158</v>
       </c>
       <c r="E85" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F85" t="s">
-        <v>504</v>
+        <v>73</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H85">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I85"/>
+        <v>2017</v>
+      </c>
+      <c r="I85">
+        <v>2019</v>
+      </c>
       <c r="J85" t="s">
         <v>63</v>
       </c>
       <c r="K85" t="s">
         <v>37</v>
       </c>
-      <c r="L85" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L85"/>
       <c r="M85" t="s">
-        <v>506</v>
+        <v>26</v>
       </c>
       <c r="N85" t="s">
         <v>38</v>
       </c>
       <c r="O85" t="s">
-        <v>507</v>
+        <v>502</v>
       </c>
       <c r="P85" t="s">
-        <v>508</v>
+        <v>247</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
+        <v>503</v>
+      </c>
+      <c r="B86" t="s">
+        <v>504</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>505</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>506</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2018</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>63</v>
+      </c>
+      <c r="K86" t="s">
+        <v>37</v>
+      </c>
+      <c r="L86" t="s">
+        <v>507</v>
+      </c>
+      <c r="M86" t="s">
+        <v>508</v>
+      </c>
+      <c r="N86" t="s">
+        <v>38</v>
+      </c>
+      <c r="O86" t="s">
         <v>509</v>
       </c>
-      <c r="B86" t="s">
+      <c r="P86" t="s">
         <v>510</v>
-      </c>
-[...40 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="B87" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="C87" t="s">
         <v>43</v>
       </c>
       <c r="D87" t="s">
-        <v>516</v>
+        <v>129</v>
       </c>
       <c r="E87" t="s">
         <v>33</v>
       </c>
       <c r="F87" t="s">
         <v>34</v>
       </c>
       <c r="G87" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H87">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I87"/>
+        <v>2011</v>
+      </c>
+      <c r="I87">
+        <v>2019</v>
+      </c>
       <c r="J87" t="s">
         <v>159</v>
       </c>
       <c r="K87" t="s">
-        <v>517</v>
+        <v>37</v>
       </c>
       <c r="L87" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="M87" t="s">
         <v>48</v>
       </c>
       <c r="N87" t="s">
         <v>38</v>
       </c>
       <c r="O87" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="P87" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="B88" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="C88" t="s">
         <v>43</v>
       </c>
       <c r="D88" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="E88" t="s">
         <v>33</v>
       </c>
       <c r="F88" t="s">
-        <v>251</v>
+        <v>34</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>159</v>
       </c>
       <c r="K88" t="s">
-        <v>37</v>
+        <v>519</v>
       </c>
       <c r="L88" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="M88" t="s">
         <v>48</v>
       </c>
       <c r="N88" t="s">
         <v>38</v>
       </c>
       <c r="O88" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="P88" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="B89" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="C89" t="s">
         <v>43</v>
       </c>
       <c r="D89" t="s">
-        <v>250</v>
+        <v>525</v>
       </c>
       <c r="E89" t="s">
         <v>33</v>
       </c>
       <c r="F89" t="s">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="G89" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H89">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I89"/>
       <c r="J89" t="s">
         <v>159</v>
       </c>
       <c r="K89" t="s">
         <v>37</v>
       </c>
       <c r="L89" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="M89" t="s">
         <v>48</v>
       </c>
       <c r="N89" t="s">
         <v>38</v>
       </c>
       <c r="O89" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="P89" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="B90" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="C90" t="s">
         <v>43</v>
       </c>
       <c r="D90" t="s">
-        <v>534</v>
+        <v>250</v>
       </c>
       <c r="E90" t="s">
         <v>33</v>
       </c>
       <c r="F90" t="s">
-        <v>251</v>
+        <v>34</v>
       </c>
       <c r="G90" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H90">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I90"/>
+        <v>2013</v>
+      </c>
+      <c r="I90">
+        <v>2016</v>
+      </c>
       <c r="J90" t="s">
         <v>159</v>
       </c>
       <c r="K90" t="s">
         <v>37</v>
       </c>
       <c r="L90" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="M90" t="s">
         <v>48</v>
       </c>
       <c r="N90" t="s">
         <v>38</v>
       </c>
       <c r="O90" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="P90" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="B91" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="C91" t="s">
         <v>43</v>
       </c>
       <c r="D91" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="E91" t="s">
         <v>33</v>
       </c>
       <c r="F91" t="s">
-        <v>34</v>
+        <v>251</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>159</v>
       </c>
       <c r="K91" t="s">
         <v>37</v>
       </c>
       <c r="L91" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="M91" t="s">
         <v>48</v>
       </c>
       <c r="N91" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O91" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="P91" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="B92" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="C92" t="s">
         <v>43</v>
       </c>
       <c r="D92" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="E92" t="s">
         <v>33</v>
       </c>
       <c r="F92" t="s">
         <v>34</v>
       </c>
       <c r="G92" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H92">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
         <v>159</v>
       </c>
       <c r="K92" t="s">
-        <v>517</v>
+        <v>37</v>
       </c>
       <c r="L92" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="M92" t="s">
         <v>48</v>
       </c>
       <c r="N92" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="P92" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="B93" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="C93" t="s">
         <v>43</v>
       </c>
       <c r="D93" t="s">
-        <v>44</v>
+        <v>548</v>
       </c>
       <c r="E93" t="s">
         <v>33</v>
       </c>
       <c r="F93" t="s">
         <v>34</v>
       </c>
       <c r="G93" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H93">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I93"/>
+        <v>2014</v>
+      </c>
+      <c r="I93">
+        <v>2016</v>
+      </c>
       <c r="J93" t="s">
         <v>159</v>
       </c>
       <c r="K93" t="s">
-        <v>37</v>
+        <v>519</v>
       </c>
       <c r="L93" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="M93" t="s">
         <v>48</v>
       </c>
       <c r="N93" t="s">
         <v>38</v>
       </c>
       <c r="O93" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="P93" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="B94" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="C94" t="s">
         <v>43</v>
       </c>
       <c r="D94" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
       <c r="E94" t="s">
         <v>33</v>
       </c>
       <c r="F94" t="s">
         <v>34</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>159</v>
       </c>
       <c r="K94" t="s">
         <v>37</v>
       </c>
       <c r="L94" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="M94" t="s">
         <v>48</v>
       </c>
       <c r="N94" t="s">
         <v>38</v>
       </c>
       <c r="O94" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="P94" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="B95" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="C95" t="s">
         <v>43</v>
       </c>
       <c r="D95" t="s">
-        <v>221</v>
+        <v>104</v>
       </c>
       <c r="E95" t="s">
         <v>33</v>
       </c>
       <c r="F95" t="s">
         <v>34</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2019</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>159</v>
       </c>
       <c r="K95" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="L95" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="M95" t="s">
         <v>48</v>
       </c>
       <c r="N95" t="s">
-        <v>563</v>
+        <v>38</v>
       </c>
       <c r="O95" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="P95" t="s">
-        <v>565</v>
+        <v>561</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="B96" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="C96" t="s">
         <v>43</v>
       </c>
       <c r="D96" t="s">
-        <v>192</v>
+        <v>221</v>
       </c>
       <c r="E96" t="s">
         <v>33</v>
       </c>
       <c r="F96" t="s">
         <v>34</v>
       </c>
       <c r="G96" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H96">
-        <v>2020</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I96"/>
       <c r="J96" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="K96" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="M96" t="s">
         <v>48</v>
       </c>
       <c r="N96" t="s">
-        <v>38</v>
+        <v>565</v>
       </c>
       <c r="O96" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="P96" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B97" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="C97" t="s">
         <v>43</v>
       </c>
       <c r="D97" t="s">
-        <v>52</v>
+        <v>192</v>
       </c>
       <c r="E97" t="s">
         <v>33</v>
       </c>
       <c r="F97" t="s">
         <v>34</v>
       </c>
       <c r="G97" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H97">
         <v>2020</v>
       </c>
-      <c r="I97"/>
+      <c r="I97">
+        <v>2023</v>
+      </c>
       <c r="J97" t="s">
-        <v>159</v>
+        <v>54</v>
       </c>
       <c r="K97" t="s">
         <v>37</v>
       </c>
       <c r="L97" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="M97" t="s">
         <v>48</v>
       </c>
       <c r="N97" t="s">
         <v>38</v>
       </c>
       <c r="O97" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="P97" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="B98" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C98" t="s">
         <v>43</v>
       </c>
       <c r="D98" t="s">
-        <v>123</v>
+        <v>52</v>
       </c>
       <c r="E98" t="s">
         <v>33</v>
       </c>
       <c r="F98" t="s">
         <v>34</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>159</v>
       </c>
       <c r="K98" t="s">
         <v>37</v>
       </c>
       <c r="L98" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="M98" t="s">
         <v>48</v>
       </c>
       <c r="N98" t="s">
         <v>38</v>
       </c>
       <c r="O98" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="P98" t="s">
-        <v>235</v>
+        <v>577</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="B99" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="C99" t="s">
         <v>43</v>
       </c>
       <c r="D99" t="s">
-        <v>582</v>
+        <v>123</v>
       </c>
       <c r="E99" t="s">
         <v>33</v>
       </c>
       <c r="F99" t="s">
         <v>34</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2021</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
         <v>159</v>
       </c>
       <c r="K99" t="s">
         <v>37</v>
       </c>
       <c r="L99" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="M99" t="s">
         <v>48</v>
       </c>
       <c r="N99" t="s">
-        <v>584</v>
+        <v>38</v>
       </c>
       <c r="O99" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="P99" t="s">
-        <v>586</v>
+        <v>235</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="B100" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="C100" t="s">
         <v>43</v>
       </c>
       <c r="D100" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="E100" t="s">
         <v>33</v>
       </c>
       <c r="F100" t="s">
         <v>34</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2021</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
         <v>159</v>
       </c>
       <c r="K100" t="s">
         <v>37</v>
       </c>
       <c r="L100" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="M100" t="s">
         <v>48</v>
       </c>
       <c r="N100" t="s">
-        <v>38</v>
+        <v>586</v>
       </c>
       <c r="O100" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="P100" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="B101" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="C101" t="s">
         <v>43</v>
       </c>
       <c r="D101" t="s">
-        <v>428</v>
+        <v>584</v>
       </c>
       <c r="E101" t="s">
         <v>33</v>
       </c>
       <c r="F101" t="s">
         <v>34</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="K101" t="s">
-        <v>594</v>
+        <v>37</v>
       </c>
       <c r="L101" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="M101" t="s">
         <v>48</v>
       </c>
       <c r="N101" t="s">
-        <v>584</v>
+        <v>38</v>
       </c>
       <c r="O101" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="P101" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="B102" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="C102" t="s">
         <v>43</v>
       </c>
       <c r="D102" t="s">
-        <v>600</v>
+        <v>428</v>
       </c>
       <c r="E102" t="s">
         <v>33</v>
       </c>
       <c r="F102" t="s">
         <v>34</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2024</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
         <v>54</v>
       </c>
       <c r="K102" t="s">
-        <v>37</v>
+        <v>596</v>
       </c>
       <c r="L102" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="M102" t="s">
-        <v>602</v>
+        <v>48</v>
       </c>
       <c r="N102" t="s">
-        <v>38</v>
+        <v>586</v>
       </c>
       <c r="O102" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="P102" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="B103" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="C103" t="s">
         <v>43</v>
       </c>
       <c r="D103" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="E103" t="s">
         <v>33</v>
       </c>
       <c r="F103" t="s">
         <v>34</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2024</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>54</v>
       </c>
       <c r="K103" t="s">
         <v>37</v>
       </c>
       <c r="L103" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="M103" t="s">
-        <v>48</v>
+        <v>604</v>
       </c>
       <c r="N103" t="s">
         <v>38</v>
       </c>
       <c r="O103" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="P103" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="B104" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="C104" t="s">
         <v>43</v>
       </c>
       <c r="D104" t="s">
-        <v>398</v>
+        <v>609</v>
       </c>
       <c r="E104" t="s">
         <v>33</v>
       </c>
       <c r="F104" t="s">
         <v>34</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>159</v>
+        <v>54</v>
       </c>
       <c r="K104" t="s">
         <v>37</v>
       </c>
       <c r="L104" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="M104" t="s">
         <v>48</v>
       </c>
       <c r="N104" t="s">
         <v>38</v>
       </c>
       <c r="O104" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="P104" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="B105" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="C105" t="s">
         <v>43</v>
       </c>
       <c r="D105" t="s">
-        <v>516</v>
+        <v>398</v>
       </c>
       <c r="E105" t="s">
         <v>33</v>
       </c>
       <c r="F105" t="s">
         <v>34</v>
       </c>
       <c r="G105" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H105">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2010</v>
+      </c>
+      <c r="I105"/>
       <c r="J105" t="s">
         <v>159</v>
       </c>
       <c r="K105" t="s">
         <v>37</v>
       </c>
       <c r="L105" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="M105" t="s">
         <v>48</v>
       </c>
       <c r="N105" t="s">
         <v>38</v>
       </c>
       <c r="O105" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="P105" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="B106" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="C106" t="s">
         <v>43</v>
       </c>
       <c r="D106" t="s">
-        <v>80</v>
+        <v>518</v>
       </c>
       <c r="E106" t="s">
         <v>33</v>
       </c>
       <c r="F106" t="s">
         <v>34</v>
       </c>
       <c r="G106" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H106">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I106"/>
+        <v>2008</v>
+      </c>
+      <c r="I106">
+        <v>2019</v>
+      </c>
       <c r="J106" t="s">
         <v>159</v>
       </c>
       <c r="K106" t="s">
-        <v>173</v>
+        <v>37</v>
       </c>
       <c r="L106" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="M106" t="s">
         <v>48</v>
       </c>
       <c r="N106" t="s">
         <v>38</v>
       </c>
       <c r="O106" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="P106" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="B107" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="C107" t="s">
         <v>43</v>
       </c>
       <c r="D107" t="s">
-        <v>628</v>
+        <v>80</v>
       </c>
       <c r="E107" t="s">
         <v>33</v>
       </c>
       <c r="F107" t="s">
         <v>34</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>159</v>
       </c>
       <c r="K107" t="s">
-        <v>37</v>
+        <v>173</v>
       </c>
       <c r="L107" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="M107" t="s">
         <v>48</v>
       </c>
       <c r="N107" t="s">
         <v>38</v>
       </c>
       <c r="O107" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="P107" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="B108" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="C108" t="s">
-        <v>634</v>
+        <v>43</v>
       </c>
       <c r="D108" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="E108" t="s">
         <v>33</v>
       </c>
       <c r="F108" t="s">
         <v>34</v>
       </c>
       <c r="G108" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H108">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>488</v>
+        <v>159</v>
       </c>
       <c r="K108" t="s">
         <v>37</v>
       </c>
       <c r="L108" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="M108" t="s">
-        <v>637</v>
+        <v>48</v>
       </c>
       <c r="N108" t="s">
         <v>38</v>
       </c>
       <c r="O108" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="P108" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="B109" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="C109" t="s">
-        <v>71</v>
+        <v>636</v>
       </c>
       <c r="D109" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="E109" t="s">
         <v>33</v>
       </c>
       <c r="F109" t="s">
-        <v>251</v>
+        <v>34</v>
       </c>
       <c r="G109" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="H109">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>260</v>
+        <v>487</v>
       </c>
       <c r="K109" t="s">
         <v>37</v>
       </c>
       <c r="L109" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="M109" t="s">
-        <v>254</v>
+        <v>639</v>
       </c>
       <c r="N109" t="s">
         <v>38</v>
       </c>
       <c r="O109" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="P109" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="B110" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="C110" t="s">
         <v>71</v>
       </c>
       <c r="D110" t="s">
-        <v>330</v>
+        <v>644</v>
       </c>
       <c r="E110" t="s">
         <v>33</v>
       </c>
       <c r="F110" t="s">
         <v>251</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I110"/>
       <c r="J110" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="K110" t="s">
-        <v>274</v>
+        <v>37</v>
       </c>
       <c r="L110" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="M110" t="s">
         <v>254</v>
       </c>
       <c r="N110" t="s">
         <v>38</v>
       </c>
       <c r="O110" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="P110" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B111" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="C111" t="s">
         <v>71</v>
       </c>
       <c r="D111" t="s">
-        <v>129</v>
+        <v>330</v>
       </c>
       <c r="E111" t="s">
         <v>33</v>
       </c>
       <c r="F111" t="s">
         <v>251</v>
       </c>
       <c r="G111" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H111">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="I111">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="J111" t="s">
         <v>63</v>
       </c>
       <c r="K111" t="s">
-        <v>37</v>
+        <v>274</v>
       </c>
       <c r="L111" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="M111" t="s">
         <v>254</v>
       </c>
       <c r="N111" t="s">
         <v>38</v>
       </c>
       <c r="O111" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="P111" t="s">
-        <v>655</v>
+        <v>652</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="B112" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="C112" t="s">
         <v>71</v>
       </c>
       <c r="D112" t="s">
-        <v>523</v>
+        <v>129</v>
       </c>
       <c r="E112" t="s">
         <v>33</v>
       </c>
       <c r="F112" t="s">
         <v>251</v>
       </c>
       <c r="G112" t="s">
         <v>53</v>
       </c>
       <c r="H112">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="I112">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J112" t="s">
-        <v>252</v>
+        <v>63</v>
       </c>
       <c r="K112" t="s">
         <v>37</v>
       </c>
       <c r="L112" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="M112" t="s">
         <v>254</v>
       </c>
       <c r="N112" t="s">
         <v>38</v>
       </c>
       <c r="O112" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="P112" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="B113" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="C113" t="s">
         <v>71</v>
       </c>
       <c r="D113" t="s">
-        <v>663</v>
+        <v>525</v>
       </c>
       <c r="E113" t="s">
         <v>33</v>
       </c>
       <c r="F113" t="s">
         <v>251</v>
       </c>
       <c r="G113" t="s">
         <v>53</v>
       </c>
       <c r="H113">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="I113">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J113" t="s">
-        <v>63</v>
+        <v>252</v>
       </c>
       <c r="K113" t="s">
         <v>37</v>
       </c>
       <c r="L113" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="M113" t="s">
         <v>254</v>
       </c>
       <c r="N113" t="s">
         <v>38</v>
       </c>
       <c r="O113" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="P113" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="B114" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C114" t="s">
         <v>71</v>
       </c>
       <c r="D114" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="E114" t="s">
         <v>33</v>
       </c>
       <c r="F114" t="s">
         <v>251</v>
       </c>
       <c r="G114" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H114">
         <v>2013</v>
       </c>
-      <c r="I114"/>
+      <c r="I114">
+        <v>2018</v>
+      </c>
       <c r="J114" t="s">
-        <v>252</v>
+        <v>63</v>
       </c>
       <c r="K114" t="s">
         <v>37</v>
       </c>
       <c r="L114" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="M114" t="s">
         <v>254</v>
       </c>
       <c r="N114" t="s">
         <v>38</v>
       </c>
       <c r="O114" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="P114" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="B115" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="C115" t="s">
         <v>71</v>
       </c>
       <c r="D115" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="E115" t="s">
         <v>33</v>
       </c>
       <c r="F115" t="s">
         <v>251</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>63</v>
+        <v>252</v>
       </c>
       <c r="K115" t="s">
-        <v>274</v>
+        <v>37</v>
       </c>
       <c r="L115" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="M115" t="s">
         <v>254</v>
       </c>
       <c r="N115" t="s">
         <v>38</v>
       </c>
       <c r="O115" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="P115" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="B116" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="C116" t="s">
         <v>71</v>
       </c>
       <c r="D116" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="E116" t="s">
         <v>33</v>
       </c>
       <c r="F116" t="s">
         <v>251</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>63</v>
       </c>
       <c r="K116" t="s">
-        <v>37</v>
+        <v>274</v>
       </c>
       <c r="L116" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="M116" t="s">
         <v>254</v>
       </c>
       <c r="N116" t="s">
         <v>38</v>
       </c>
       <c r="O116" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="P116" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="B117" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="C117" t="s">
         <v>71</v>
       </c>
       <c r="D117" t="s">
-        <v>280</v>
+        <v>683</v>
       </c>
       <c r="E117" t="s">
         <v>33</v>
       </c>
       <c r="F117" t="s">
         <v>251</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>252</v>
+        <v>63</v>
       </c>
       <c r="K117" t="s">
         <v>37</v>
       </c>
       <c r="L117" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="M117" t="s">
         <v>254</v>
       </c>
       <c r="N117" t="s">
         <v>38</v>
       </c>
       <c r="O117" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="P117" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="B118" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="C118" t="s">
         <v>71</v>
       </c>
       <c r="D118" t="s">
-        <v>92</v>
+        <v>280</v>
       </c>
       <c r="E118" t="s">
         <v>33</v>
       </c>
       <c r="F118" t="s">
         <v>251</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2013</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>63</v>
+        <v>252</v>
       </c>
       <c r="K118" t="s">
         <v>37</v>
       </c>
       <c r="L118" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="M118" t="s">
         <v>254</v>
       </c>
       <c r="N118" t="s">
         <v>38</v>
       </c>
       <c r="O118" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="P118" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="B119" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="C119" t="s">
         <v>71</v>
       </c>
       <c r="D119" t="s">
-        <v>350</v>
+        <v>92</v>
       </c>
       <c r="E119" t="s">
         <v>33</v>
       </c>
       <c r="F119" t="s">
         <v>251</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
         <v>63</v>
       </c>
       <c r="K119" t="s">
         <v>37</v>
       </c>
       <c r="L119" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="M119" t="s">
         <v>254</v>
       </c>
       <c r="N119" t="s">
         <v>38</v>
       </c>
       <c r="O119" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="P119" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="B120" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="C120" t="s">
         <v>71</v>
       </c>
       <c r="D120" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="E120" t="s">
         <v>33</v>
       </c>
       <c r="F120" t="s">
         <v>251</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2012</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K120" t="s">
         <v>37</v>
       </c>
       <c r="L120" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="M120" t="s">
         <v>254</v>
       </c>
       <c r="N120" t="s">
         <v>38</v>
       </c>
       <c r="O120" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="P120" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="B121" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="C121" t="s">
         <v>71</v>
       </c>
       <c r="D121" t="s">
-        <v>534</v>
+        <v>374</v>
       </c>
       <c r="E121" t="s">
         <v>33</v>
       </c>
       <c r="F121" t="s">
         <v>251</v>
       </c>
       <c r="G121" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H121">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I121">
         <v>2012</v>
       </c>
+      <c r="I121"/>
       <c r="J121" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="K121" t="s">
         <v>37</v>
       </c>
       <c r="L121" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="M121" t="s">
         <v>254</v>
       </c>
       <c r="N121" t="s">
         <v>38</v>
       </c>
       <c r="O121" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="P121" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="B122" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="C122" t="s">
         <v>71</v>
       </c>
       <c r="D122" t="s">
-        <v>712</v>
+        <v>536</v>
       </c>
       <c r="E122" t="s">
         <v>33</v>
       </c>
       <c r="F122" t="s">
         <v>251</v>
       </c>
       <c r="G122" t="s">
         <v>53</v>
       </c>
       <c r="H122">
-        <v>2011</v>
+        <v>2003</v>
       </c>
       <c r="I122">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J122" t="s">
         <v>63</v>
       </c>
       <c r="K122" t="s">
-        <v>323</v>
+        <v>37</v>
       </c>
       <c r="L122" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="M122" t="s">
         <v>254</v>
       </c>
       <c r="N122" t="s">
-        <v>325</v>
+        <v>38</v>
       </c>
       <c r="O122" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="P122" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="B123" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="C123" t="s">
         <v>71</v>
       </c>
       <c r="D123" t="s">
-        <v>227</v>
+        <v>714</v>
       </c>
       <c r="E123" t="s">
         <v>33</v>
       </c>
       <c r="F123" t="s">
         <v>251</v>
       </c>
       <c r="G123" t="s">
         <v>53</v>
       </c>
       <c r="H123">
-        <v>2002</v>
+        <v>2011</v>
       </c>
       <c r="I123">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J123" t="s">
         <v>63</v>
       </c>
       <c r="K123" t="s">
-        <v>37</v>
+        <v>323</v>
       </c>
       <c r="L123" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="M123" t="s">
         <v>254</v>
       </c>
       <c r="N123" t="s">
-        <v>38</v>
+        <v>325</v>
       </c>
       <c r="O123" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="P123" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="B124" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="C124" t="s">
         <v>71</v>
       </c>
       <c r="D124" t="s">
-        <v>723</v>
+        <v>227</v>
       </c>
       <c r="E124" t="s">
         <v>33</v>
       </c>
       <c r="F124" t="s">
         <v>251</v>
       </c>
       <c r="G124" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H124">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I124"/>
+        <v>2002</v>
+      </c>
+      <c r="I124">
+        <v>2015</v>
+      </c>
       <c r="J124" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="K124" t="s">
         <v>37</v>
       </c>
       <c r="L124" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="M124" t="s">
         <v>254</v>
       </c>
       <c r="N124" t="s">
         <v>38</v>
       </c>
       <c r="O124" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="P124" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B125" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="C125" t="s">
         <v>71</v>
       </c>
       <c r="D125" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="E125" t="s">
         <v>33</v>
       </c>
       <c r="F125" t="s">
         <v>251</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="K125" t="s">
         <v>37</v>
       </c>
       <c r="L125" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="M125" t="s">
         <v>254</v>
       </c>
       <c r="N125" t="s">
         <v>38</v>
       </c>
       <c r="O125" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="P125" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="B126" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="C126" t="s">
         <v>71</v>
       </c>
       <c r="D126" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="E126" t="s">
         <v>33</v>
       </c>
       <c r="F126" t="s">
         <v>251</v>
       </c>
       <c r="G126" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H126">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
         <v>63</v>
       </c>
       <c r="K126" t="s">
         <v>37</v>
       </c>
       <c r="L126" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="M126" t="s">
         <v>254</v>
       </c>
       <c r="N126" t="s">
         <v>38</v>
       </c>
       <c r="O126" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="P126" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="B127" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="C127" t="s">
         <v>71</v>
       </c>
       <c r="D127" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="E127" t="s">
         <v>33</v>
       </c>
       <c r="F127" t="s">
         <v>251</v>
       </c>
       <c r="G127" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H127">
-        <v>2014</v>
+        <v>2001</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
         <v>63</v>
       </c>
       <c r="K127" t="s">
         <v>37</v>
       </c>
       <c r="L127" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="M127" t="s">
         <v>254</v>
       </c>
       <c r="N127" t="s">
         <v>38</v>
       </c>
       <c r="O127" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="P127" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="B128" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="C128" t="s">
         <v>71</v>
       </c>
       <c r="D128" t="s">
-        <v>98</v>
+        <v>743</v>
       </c>
       <c r="E128" t="s">
         <v>33</v>
       </c>
       <c r="F128" t="s">
         <v>251</v>
       </c>
       <c r="G128" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H128">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I128"/>
       <c r="J128" t="s">
         <v>63</v>
       </c>
       <c r="K128" t="s">
         <v>37</v>
       </c>
       <c r="L128" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="M128" t="s">
         <v>254</v>
       </c>
       <c r="N128" t="s">
         <v>38</v>
       </c>
       <c r="O128" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="P128" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="B129" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C129" t="s">
         <v>71</v>
       </c>
       <c r="D129" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="E129" t="s">
         <v>33</v>
       </c>
       <c r="F129" t="s">
         <v>251</v>
       </c>
       <c r="G129" t="s">
         <v>53</v>
       </c>
       <c r="H129">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I129"/>
+        <v>2013</v>
+      </c>
+      <c r="I129">
+        <v>2017</v>
+      </c>
       <c r="J129" t="s">
         <v>63</v>
       </c>
       <c r="K129" t="s">
         <v>37</v>
       </c>
       <c r="L129" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="M129" t="s">
         <v>254</v>
       </c>
       <c r="N129" t="s">
         <v>38</v>
       </c>
       <c r="O129" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="P129" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="B130" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="C130" t="s">
         <v>71</v>
       </c>
       <c r="D130" t="s">
-        <v>398</v>
+        <v>104</v>
       </c>
       <c r="E130" t="s">
         <v>33</v>
       </c>
       <c r="F130" t="s">
         <v>251</v>
       </c>
       <c r="G130" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H130">
-        <v>1998</v>
+        <v>2011</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
         <v>63</v>
       </c>
       <c r="K130" t="s">
         <v>37</v>
       </c>
       <c r="L130" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="M130" t="s">
         <v>254</v>
       </c>
       <c r="N130" t="s">
-        <v>584</v>
+        <v>38</v>
       </c>
       <c r="O130" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="P130" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="B131" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="C131" t="s">
         <v>71</v>
       </c>
       <c r="D131" t="s">
-        <v>534</v>
+        <v>398</v>
       </c>
       <c r="E131" t="s">
         <v>33</v>
       </c>
       <c r="F131" t="s">
         <v>251</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
-        <v>2018</v>
+        <v>1998</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
         <v>63</v>
       </c>
       <c r="K131" t="s">
         <v>37</v>
       </c>
       <c r="L131" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="M131" t="s">
         <v>254</v>
       </c>
       <c r="N131" t="s">
-        <v>38</v>
+        <v>586</v>
       </c>
       <c r="O131" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="P131" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="B132" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="C132" t="s">
         <v>71</v>
       </c>
       <c r="D132" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="E132" t="s">
         <v>33</v>
       </c>
       <c r="F132" t="s">
         <v>251</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2018</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
         <v>63</v>
       </c>
       <c r="K132" t="s">
         <v>37</v>
       </c>
       <c r="L132" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="M132" t="s">
         <v>254</v>
       </c>
       <c r="N132" t="s">
         <v>38</v>
       </c>
       <c r="O132" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="P132" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="B133" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="C133" t="s">
         <v>71</v>
       </c>
       <c r="D133" t="s">
-        <v>110</v>
+        <v>536</v>
       </c>
       <c r="E133" t="s">
         <v>33</v>
       </c>
       <c r="F133" t="s">
         <v>251</v>
       </c>
       <c r="G133" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H133">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I133"/>
       <c r="J133" t="s">
         <v>63</v>
       </c>
       <c r="K133" t="s">
         <v>37</v>
       </c>
       <c r="L133" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="M133" t="s">
         <v>254</v>
       </c>
       <c r="N133" t="s">
         <v>38</v>
       </c>
       <c r="O133" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="P133" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="B134" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="C134" t="s">
         <v>71</v>
       </c>
       <c r="D134" t="s">
-        <v>158</v>
+        <v>110</v>
       </c>
       <c r="E134" t="s">
         <v>33</v>
       </c>
       <c r="F134" t="s">
         <v>251</v>
       </c>
       <c r="G134" t="s">
         <v>53</v>
       </c>
       <c r="H134">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="I134">
         <v>2021</v>
       </c>
       <c r="J134" t="s">
         <v>63</v>
       </c>
       <c r="K134" t="s">
         <v>37</v>
       </c>
       <c r="L134" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="M134" t="s">
         <v>254</v>
       </c>
       <c r="N134" t="s">
         <v>38</v>
       </c>
       <c r="O134" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="P134" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="B135" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="C135" t="s">
         <v>71</v>
       </c>
       <c r="D135" t="s">
-        <v>192</v>
+        <v>158</v>
       </c>
       <c r="E135" t="s">
         <v>33</v>
       </c>
       <c r="F135" t="s">
         <v>251</v>
       </c>
       <c r="G135" t="s">
         <v>53</v>
       </c>
       <c r="H135">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="I135">
         <v>2021</v>
       </c>
       <c r="J135" t="s">
         <v>63</v>
       </c>
       <c r="K135" t="s">
         <v>37</v>
       </c>
       <c r="L135" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="M135" t="s">
         <v>254</v>
       </c>
       <c r="N135" t="s">
         <v>38</v>
       </c>
       <c r="O135" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="P135" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="B136" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="C136" t="s">
         <v>71</v>
       </c>
       <c r="D136" t="s">
-        <v>546</v>
+        <v>192</v>
       </c>
       <c r="E136" t="s">
         <v>33</v>
       </c>
       <c r="F136" t="s">
         <v>251</v>
       </c>
       <c r="G136" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H136">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I136"/>
+        <v>2003</v>
+      </c>
+      <c r="I136">
+        <v>2021</v>
+      </c>
       <c r="J136" t="s">
         <v>63</v>
       </c>
       <c r="K136" t="s">
         <v>37</v>
       </c>
       <c r="L136" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="M136" t="s">
         <v>254</v>
       </c>
       <c r="N136" t="s">
         <v>38</v>
       </c>
       <c r="O136" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="P136" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="B137" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="C137" t="s">
         <v>71</v>
       </c>
       <c r="D137" t="s">
-        <v>123</v>
+        <v>548</v>
       </c>
       <c r="E137" t="s">
         <v>33</v>
       </c>
       <c r="F137" t="s">
         <v>251</v>
       </c>
       <c r="G137" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H137">
-        <v>2004</v>
-[...1 lines deleted...]
-      <c r="I137">
         <v>2012</v>
       </c>
+      <c r="I137"/>
       <c r="J137" t="s">
         <v>63</v>
       </c>
       <c r="K137" t="s">
         <v>37</v>
       </c>
       <c r="L137" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="M137" t="s">
         <v>254</v>
       </c>
       <c r="N137" t="s">
         <v>38</v>
       </c>
       <c r="O137" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="P137" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B138" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="C138" t="s">
         <v>71</v>
       </c>
       <c r="D138" t="s">
-        <v>797</v>
+        <v>123</v>
       </c>
       <c r="E138" t="s">
         <v>33</v>
       </c>
       <c r="F138" t="s">
         <v>251</v>
       </c>
       <c r="G138" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H138">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I138"/>
+        <v>2004</v>
+      </c>
+      <c r="I138">
+        <v>2012</v>
+      </c>
       <c r="J138" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K138" t="s">
         <v>37</v>
       </c>
       <c r="L138" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="M138" t="s">
         <v>254</v>
       </c>
       <c r="N138" t="s">
         <v>38</v>
       </c>
       <c r="O138" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P138" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="B139" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="C139" t="s">
         <v>71</v>
       </c>
       <c r="D139" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="E139" t="s">
         <v>33</v>
       </c>
       <c r="F139" t="s">
         <v>251</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="K139" t="s">
         <v>37</v>
       </c>
       <c r="L139" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="M139" t="s">
         <v>254</v>
       </c>
       <c r="N139" t="s">
         <v>38</v>
       </c>
       <c r="O139" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="P139" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>807</v>
+        <v>803</v>
       </c>
       <c r="B140" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="C140" t="s">
         <v>71</v>
       </c>
       <c r="D140" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="E140" t="s">
         <v>33</v>
       </c>
       <c r="F140" t="s">
         <v>251</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
         <v>63</v>
       </c>
       <c r="K140" t="s">
         <v>37</v>
       </c>
       <c r="L140" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="M140" t="s">
         <v>254</v>
       </c>
       <c r="N140" t="s">
         <v>38</v>
       </c>
       <c r="O140" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="P140" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="B141" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="C141" t="s">
         <v>71</v>
       </c>
       <c r="D141" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="E141" t="s">
         <v>33</v>
       </c>
       <c r="F141" t="s">
         <v>251</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
         <v>63</v>
       </c>
       <c r="K141" t="s">
         <v>37</v>
       </c>
       <c r="L141" t="s">
-        <v>816</v>
+        <v>812</v>
       </c>
       <c r="M141" t="s">
         <v>254</v>
       </c>
       <c r="N141" t="s">
         <v>38</v>
       </c>
       <c r="O141" t="s">
-        <v>817</v>
+        <v>813</v>
       </c>
       <c r="P141" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>819</v>
+        <v>815</v>
       </c>
       <c r="B142" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="C142" t="s">
         <v>71</v>
       </c>
       <c r="D142" t="s">
-        <v>135</v>
+        <v>817</v>
       </c>
       <c r="E142" t="s">
         <v>33</v>
       </c>
       <c r="F142" t="s">
         <v>251</v>
       </c>
       <c r="G142" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H142">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I142"/>
       <c r="J142" t="s">
         <v>63</v>
       </c>
       <c r="K142" t="s">
         <v>37</v>
       </c>
       <c r="L142" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="M142" t="s">
         <v>254</v>
       </c>
       <c r="N142" t="s">
         <v>38</v>
       </c>
       <c r="O142" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="P142" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
       <c r="B143" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="C143" t="s">
         <v>71</v>
       </c>
       <c r="D143" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="E143" t="s">
         <v>33</v>
       </c>
       <c r="F143" t="s">
         <v>251</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H143">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I143"/>
+        <v>2015</v>
+      </c>
+      <c r="I143">
+        <v>2021</v>
+      </c>
       <c r="J143" t="s">
         <v>63</v>
       </c>
       <c r="K143" t="s">
         <v>37</v>
       </c>
       <c r="L143" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="M143" t="s">
         <v>254</v>
       </c>
       <c r="N143" t="s">
         <v>38</v>
       </c>
       <c r="O143" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="P143" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="B144" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="C144" t="s">
         <v>71</v>
       </c>
       <c r="D144" t="s">
-        <v>98</v>
+        <v>141</v>
       </c>
       <c r="E144" t="s">
         <v>33</v>
       </c>
       <c r="F144" t="s">
-        <v>73</v>
+        <v>251</v>
       </c>
       <c r="G144" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H144">
-        <v>2001</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I144"/>
       <c r="J144" t="s">
         <v>63</v>
       </c>
       <c r="K144" t="s">
         <v>37</v>
       </c>
       <c r="L144" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="M144" t="s">
-        <v>75</v>
+        <v>254</v>
       </c>
       <c r="N144" t="s">
         <v>38</v>
       </c>
       <c r="O144" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="P144" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="B145" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="C145" t="s">
         <v>71</v>
       </c>
       <c r="D145" t="s">
-        <v>192</v>
+        <v>98</v>
       </c>
       <c r="E145" t="s">
         <v>33</v>
       </c>
       <c r="F145" t="s">
         <v>73</v>
       </c>
       <c r="G145" t="s">
         <v>53</v>
       </c>
       <c r="H145">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="I145">
         <v>2019</v>
       </c>
       <c r="J145" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="K145" t="s">
         <v>37</v>
       </c>
       <c r="L145" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="M145" t="s">
         <v>75</v>
       </c>
       <c r="N145" t="s">
         <v>38</v>
       </c>
       <c r="O145" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="P145" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="B146" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="C146" t="s">
         <v>71</v>
       </c>
       <c r="D146" t="s">
-        <v>72</v>
+        <v>192</v>
       </c>
       <c r="E146" t="s">
         <v>33</v>
       </c>
       <c r="F146" t="s">
         <v>73</v>
       </c>
       <c r="G146" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="H146">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I146"/>
+        <v>1995</v>
+      </c>
+      <c r="I146">
+        <v>2019</v>
+      </c>
       <c r="J146" t="s">
         <v>81</v>
       </c>
       <c r="K146" t="s">
         <v>37</v>
       </c>
       <c r="L146" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="M146" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="N146" t="s">
         <v>38</v>
       </c>
       <c r="O146" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="P146" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="B147" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="C147" t="s">
         <v>71</v>
       </c>
       <c r="D147" t="s">
-        <v>846</v>
+        <v>72</v>
       </c>
       <c r="E147" t="s">
         <v>33</v>
       </c>
       <c r="F147" t="s">
         <v>73</v>
       </c>
       <c r="G147" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="H147">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I147"/>
       <c r="J147" t="s">
         <v>81</v>
       </c>
       <c r="K147" t="s">
         <v>37</v>
       </c>
       <c r="L147" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="M147" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="N147" t="s">
         <v>38</v>
       </c>
       <c r="O147" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="P147" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="B148" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="C148" t="s">
         <v>71</v>
       </c>
       <c r="D148" t="s">
-        <v>741</v>
+        <v>848</v>
       </c>
       <c r="E148" t="s">
         <v>33</v>
       </c>
       <c r="F148" t="s">
         <v>73</v>
       </c>
       <c r="G148" t="s">
         <v>53</v>
       </c>
       <c r="H148">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I148">
         <v>2019</v>
       </c>
       <c r="J148" t="s">
-        <v>852</v>
+        <v>81</v>
       </c>
       <c r="K148" t="s">
         <v>37</v>
       </c>
       <c r="L148" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="M148" t="s">
         <v>75</v>
       </c>
       <c r="N148" t="s">
         <v>38</v>
       </c>
       <c r="O148" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="P148" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="B149" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="C149" t="s">
         <v>71</v>
       </c>
       <c r="D149" t="s">
-        <v>681</v>
+        <v>743</v>
       </c>
       <c r="E149" t="s">
         <v>33</v>
       </c>
       <c r="F149" t="s">
         <v>73</v>
       </c>
       <c r="G149" t="s">
         <v>53</v>
       </c>
       <c r="H149">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="I149">
         <v>2019</v>
       </c>
       <c r="J149" t="s">
-        <v>81</v>
+        <v>854</v>
       </c>
       <c r="K149" t="s">
         <v>37</v>
       </c>
       <c r="L149" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="M149" t="s">
         <v>75</v>
       </c>
       <c r="N149" t="s">
         <v>38</v>
       </c>
       <c r="O149" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="P149" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="B150" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="C150" t="s">
         <v>71</v>
       </c>
       <c r="D150" t="s">
-        <v>158</v>
+        <v>683</v>
       </c>
       <c r="E150" t="s">
         <v>33</v>
       </c>
       <c r="F150" t="s">
         <v>73</v>
       </c>
       <c r="G150" t="s">
         <v>53</v>
       </c>
       <c r="H150">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="I150">
         <v>2019</v>
       </c>
       <c r="J150" t="s">
         <v>81</v>
       </c>
       <c r="K150" t="s">
         <v>37</v>
       </c>
       <c r="L150" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="M150" t="s">
         <v>75</v>
       </c>
       <c r="N150" t="s">
         <v>38</v>
       </c>
       <c r="O150" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="P150" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="B151" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="C151" t="s">
         <v>71</v>
       </c>
       <c r="D151" t="s">
-        <v>116</v>
+        <v>158</v>
       </c>
       <c r="E151" t="s">
         <v>33</v>
       </c>
       <c r="F151" t="s">
         <v>73</v>
       </c>
       <c r="G151" t="s">
         <v>53</v>
       </c>
       <c r="H151">
-        <v>2004</v>
+        <v>1995</v>
       </c>
       <c r="I151">
         <v>2019</v>
       </c>
       <c r="J151" t="s">
         <v>81</v>
       </c>
       <c r="K151" t="s">
         <v>37</v>
       </c>
       <c r="L151" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="M151" t="s">
         <v>75</v>
       </c>
       <c r="N151" t="s">
         <v>38</v>
       </c>
       <c r="O151" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="P151" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>871</v>
+        <v>868</v>
       </c>
       <c r="B152" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="C152" t="s">
         <v>71</v>
       </c>
       <c r="D152" t="s">
-        <v>350</v>
+        <v>116</v>
       </c>
       <c r="E152" t="s">
         <v>33</v>
       </c>
       <c r="F152" t="s">
         <v>73</v>
       </c>
       <c r="G152" t="s">
         <v>53</v>
       </c>
       <c r="H152">
-        <v>2011</v>
+        <v>2004</v>
       </c>
       <c r="I152">
         <v>2019</v>
       </c>
       <c r="J152" t="s">
         <v>81</v>
       </c>
       <c r="K152" t="s">
         <v>37</v>
       </c>
       <c r="L152" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="M152" t="s">
         <v>75</v>
       </c>
       <c r="N152" t="s">
         <v>38</v>
       </c>
       <c r="O152" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="P152" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="B153" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="C153" t="s">
         <v>71</v>
       </c>
       <c r="D153" t="s">
-        <v>412</v>
+        <v>350</v>
       </c>
       <c r="E153" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F153" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="G153" t="s">
         <v>53</v>
       </c>
       <c r="H153">
-        <v>1997</v>
+        <v>2011</v>
       </c>
       <c r="I153">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="J153" t="s">
         <v>81</v>
       </c>
       <c r="K153" t="s">
         <v>37</v>
       </c>
-      <c r="L153"/>
+      <c r="L153" t="s">
+        <v>875</v>
+      </c>
       <c r="M153" t="s">
-        <v>878</v>
+        <v>75</v>
       </c>
       <c r="N153" t="s">
         <v>38</v>
       </c>
       <c r="O153" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="P153" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="B154" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="C154" t="s">
         <v>71</v>
       </c>
       <c r="D154" t="s">
-        <v>192</v>
+        <v>412</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>62</v>
       </c>
       <c r="G154" t="s">
         <v>53</v>
       </c>
       <c r="H154">
-        <v>2003</v>
+        <v>1997</v>
       </c>
       <c r="I154">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="J154" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="K154" t="s">
         <v>37</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N154" t="s">
         <v>38</v>
       </c>
       <c r="O154" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="P154" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="B155" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="C155" t="s">
         <v>71</v>
       </c>
       <c r="D155" t="s">
         <v>192</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>62</v>
       </c>
       <c r="G155" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H155">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I155"/>
+        <v>2003</v>
+      </c>
+      <c r="I155">
+        <v>2013</v>
+      </c>
       <c r="J155" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="K155" t="s">
         <v>37</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
       <c r="N155" t="s">
         <v>38</v>
       </c>
       <c r="O155" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="P155" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="B156" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="C156" t="s">
         <v>71</v>
       </c>
       <c r="D156" t="s">
-        <v>158</v>
+        <v>192</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>62</v>
       </c>
       <c r="G156" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H156">
-        <v>2004</v>
+        <v>2023</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
-        <v>172</v>
+        <v>81</v>
       </c>
       <c r="K156" t="s">
         <v>37</v>
       </c>
-      <c r="L156" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L156"/>
       <c r="M156" t="s">
-        <v>878</v>
+        <v>889</v>
       </c>
       <c r="N156" t="s">
         <v>38</v>
       </c>
       <c r="O156" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="P156" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="B157" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="C157" t="s">
         <v>71</v>
       </c>
       <c r="D157" t="s">
         <v>158</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="G157" t="s">
-        <v>53</v>
+        <v>894</v>
       </c>
       <c r="H157">
         <v>2004</v>
       </c>
-      <c r="I157">
-[...1 lines deleted...]
-      </c>
+      <c r="I157"/>
       <c r="J157" t="s">
         <v>172</v>
       </c>
       <c r="K157" t="s">
         <v>37</v>
       </c>
-      <c r="L157"/>
+      <c r="L157" t="s">
+        <v>895</v>
+      </c>
       <c r="M157" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N157" t="s">
         <v>38</v>
       </c>
       <c r="O157" t="s">
+        <v>896</v>
+      </c>
+      <c r="P157" t="s">
         <v>897</v>
-      </c>
-[...1 lines deleted...]
-        <v>898</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
+        <v>898</v>
+      </c>
+      <c r="B158" t="s">
         <v>899</v>
       </c>
-      <c r="B158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C158" t="s">
         <v>71</v>
       </c>
       <c r="D158" t="s">
-        <v>250</v>
+        <v>158</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="G158" t="s">
         <v>53</v>
       </c>
       <c r="H158">
-        <v>1978</v>
+        <v>2004</v>
       </c>
       <c r="I158">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="J158" t="s">
-        <v>81</v>
+        <v>172</v>
       </c>
       <c r="K158" t="s">
         <v>37</v>
       </c>
       <c r="L158"/>
       <c r="M158" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N158" t="s">
         <v>38</v>
       </c>
       <c r="O158" t="s">
+        <v>900</v>
+      </c>
+      <c r="P158" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
+        <v>902</v>
+      </c>
+      <c r="B159" t="s">
         <v>903</v>
       </c>
-      <c r="B159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C159" t="s">
         <v>71</v>
       </c>
       <c r="D159" t="s">
-        <v>905</v>
+        <v>250</v>
       </c>
       <c r="E159" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>62</v>
       </c>
       <c r="G159" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H159">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I159"/>
+        <v>1978</v>
+      </c>
+      <c r="I159">
+        <v>2017</v>
+      </c>
       <c r="J159" t="s">
-        <v>260</v>
+        <v>81</v>
       </c>
       <c r="K159" t="s">
         <v>37</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N159" t="s">
         <v>38</v>
       </c>
       <c r="O159" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="P159" t="s">
-        <v>907</v>
+        <v>905</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
+        <v>906</v>
+      </c>
+      <c r="B160" t="s">
+        <v>907</v>
+      </c>
+      <c r="C160" t="s">
+        <v>71</v>
+      </c>
+      <c r="D160" t="s">
         <v>908</v>
-      </c>
-[...7 lines deleted...]
-        <v>355</v>
       </c>
       <c r="E160" t="s">
         <v>33</v>
       </c>
       <c r="F160" t="s">
         <v>62</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
         <v>260</v>
       </c>
       <c r="K160" t="s">
         <v>37</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N160" t="s">
         <v>38</v>
       </c>
       <c r="O160" t="s">
+        <v>909</v>
+      </c>
+      <c r="P160" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
+        <v>911</v>
+      </c>
+      <c r="B161" t="s">
         <v>912</v>
       </c>
-      <c r="B161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C161" t="s">
         <v>71</v>
       </c>
       <c r="D161" t="s">
-        <v>32</v>
+        <v>355</v>
       </c>
       <c r="E161" t="s">
         <v>33</v>
       </c>
       <c r="F161" t="s">
         <v>62</v>
       </c>
       <c r="G161" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H161">
-        <v>2007</v>
-[...1 lines deleted...]
-      <c r="I161">
         <v>2014</v>
       </c>
+      <c r="I161"/>
       <c r="J161" t="s">
         <v>260</v>
       </c>
       <c r="K161" t="s">
         <v>37</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N161" t="s">
         <v>38</v>
       </c>
       <c r="O161" t="s">
+        <v>913</v>
+      </c>
+      <c r="P161" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
+        <v>915</v>
+      </c>
+      <c r="B162" t="s">
         <v>916</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162" t="s">
         <v>71</v>
       </c>
       <c r="D162" t="s">
-        <v>355</v>
+        <v>32</v>
       </c>
       <c r="E162" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F162" t="s">
         <v>62</v>
       </c>
       <c r="G162" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H162">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I162"/>
+        <v>2007</v>
+      </c>
+      <c r="I162">
+        <v>2014</v>
+      </c>
       <c r="J162" t="s">
         <v>260</v>
       </c>
       <c r="K162" t="s">
         <v>37</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N162" t="s">
         <v>38</v>
       </c>
       <c r="O162" t="s">
+        <v>917</v>
+      </c>
+      <c r="P162" t="s">
         <v>918</v>
-      </c>
-[...1 lines deleted...]
-        <v>919</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
+        <v>919</v>
+      </c>
+      <c r="B163" t="s">
         <v>920</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C163" t="s">
         <v>71</v>
       </c>
       <c r="D163" t="s">
-        <v>922</v>
+        <v>355</v>
       </c>
       <c r="E163" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>62</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
         <v>260</v>
       </c>
       <c r="K163" t="s">
         <v>37</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N163" t="s">
         <v>38</v>
       </c>
       <c r="O163" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="P163" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
+        <v>923</v>
+      </c>
+      <c r="B164" t="s">
+        <v>924</v>
+      </c>
+      <c r="C164" t="s">
+        <v>71</v>
+      </c>
+      <c r="D164" t="s">
         <v>925</v>
-      </c>
-[...7 lines deleted...]
-        <v>927</v>
       </c>
       <c r="E164" t="s">
         <v>33</v>
       </c>
       <c r="F164" t="s">
         <v>62</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>81</v>
+        <v>260</v>
       </c>
       <c r="K164" t="s">
         <v>37</v>
       </c>
       <c r="L164"/>
       <c r="M164" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N164" t="s">
         <v>38</v>
       </c>
       <c r="O164" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="P164" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
+        <v>928</v>
+      </c>
+      <c r="B165" t="s">
+        <v>929</v>
+      </c>
+      <c r="C165" t="s">
+        <v>71</v>
+      </c>
+      <c r="D165" t="s">
         <v>930</v>
-      </c>
-[...7 lines deleted...]
-        <v>464</v>
       </c>
       <c r="E165" t="s">
         <v>33</v>
       </c>
       <c r="F165" t="s">
         <v>62</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2013</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>260</v>
+        <v>81</v>
       </c>
       <c r="K165" t="s">
         <v>37</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N165" t="s">
         <v>38</v>
       </c>
       <c r="O165" t="s">
+        <v>931</v>
+      </c>
+      <c r="P165" t="s">
         <v>932</v>
-      </c>
-[...1 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
+        <v>933</v>
+      </c>
+      <c r="B166" t="s">
         <v>934</v>
       </c>
-      <c r="B166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C166" t="s">
         <v>71</v>
       </c>
       <c r="D166" t="s">
-        <v>369</v>
+        <v>464</v>
       </c>
       <c r="E166" t="s">
         <v>33</v>
       </c>
       <c r="F166" t="s">
         <v>62</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2013</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
         <v>260</v>
       </c>
       <c r="K166" t="s">
         <v>37</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N166" t="s">
         <v>38</v>
       </c>
       <c r="O166" t="s">
+        <v>935</v>
+      </c>
+      <c r="P166" t="s">
         <v>936</v>
-      </c>
-[...1 lines deleted...]
-        <v>937</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
+        <v>937</v>
+      </c>
+      <c r="B167" t="s">
         <v>938</v>
       </c>
-      <c r="B167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C167" t="s">
         <v>71</v>
       </c>
       <c r="D167" t="s">
-        <v>407</v>
+        <v>369</v>
       </c>
       <c r="E167" t="s">
         <v>33</v>
       </c>
       <c r="F167" t="s">
         <v>62</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2013</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
         <v>260</v>
       </c>
       <c r="K167" t="s">
         <v>37</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N167" t="s">
         <v>38</v>
       </c>
       <c r="O167" t="s">
+        <v>939</v>
+      </c>
+      <c r="P167" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
+        <v>941</v>
+      </c>
+      <c r="B168" t="s">
         <v>942</v>
       </c>
-      <c r="B168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C168" t="s">
         <v>71</v>
       </c>
       <c r="D168" t="s">
-        <v>944</v>
+        <v>407</v>
       </c>
       <c r="E168" t="s">
         <v>33</v>
       </c>
       <c r="F168" t="s">
         <v>62</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>172</v>
+        <v>260</v>
       </c>
       <c r="K168" t="s">
         <v>37</v>
       </c>
       <c r="L168"/>
       <c r="M168" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N168" t="s">
         <v>38</v>
       </c>
       <c r="O168" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="P168" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
+        <v>945</v>
+      </c>
+      <c r="B169" t="s">
+        <v>946</v>
+      </c>
+      <c r="C169" t="s">
+        <v>71</v>
+      </c>
+      <c r="D169" t="s">
         <v>947</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E169" t="s">
         <v>33</v>
       </c>
       <c r="F169" t="s">
         <v>62</v>
       </c>
       <c r="G169" t="s">
-        <v>53</v>
+        <v>948</v>
       </c>
       <c r="H169">
         <v>2014</v>
       </c>
-      <c r="I169">
-[...1 lines deleted...]
-      </c>
+      <c r="I169"/>
       <c r="J169" t="s">
         <v>172</v>
       </c>
       <c r="K169" t="s">
         <v>37</v>
       </c>
       <c r="L169"/>
       <c r="M169" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N169" t="s">
         <v>38</v>
       </c>
       <c r="O169" t="s">
         <v>949</v>
       </c>
       <c r="P169" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
         <v>951</v>
       </c>
       <c r="B170" t="s">
         <v>952</v>
       </c>
       <c r="C170" t="s">
         <v>71</v>
       </c>
       <c r="D170" t="s">
-        <v>433</v>
+        <v>92</v>
       </c>
       <c r="E170" t="s">
         <v>33</v>
       </c>
       <c r="F170" t="s">
         <v>62</v>
       </c>
       <c r="G170" t="s">
-        <v>22</v>
+        <v>53</v>
       </c>
       <c r="H170">
         <v>2014</v>
       </c>
-      <c r="I170"/>
+      <c r="I170">
+        <v>2024</v>
+      </c>
       <c r="J170" t="s">
-        <v>260</v>
+        <v>172</v>
       </c>
       <c r="K170" t="s">
         <v>37</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N170" t="s">
         <v>38</v>
       </c>
       <c r="O170" t="s">
         <v>953</v>
       </c>
       <c r="P170" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
         <v>955</v>
       </c>
       <c r="B171" t="s">
         <v>956</v>
       </c>
       <c r="C171" t="s">
         <v>71</v>
       </c>
       <c r="D171" t="s">
-        <v>957</v>
+        <v>433</v>
       </c>
       <c r="E171" t="s">
         <v>33</v>
       </c>
       <c r="F171" t="s">
         <v>62</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I171"/>
       <c r="J171" t="s">
         <v>260</v>
       </c>
       <c r="K171" t="s">
         <v>37</v>
       </c>
       <c r="L171"/>
       <c r="M171" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N171" t="s">
         <v>38</v>
       </c>
       <c r="O171" t="s">
+        <v>957</v>
+      </c>
+      <c r="P171" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
+        <v>959</v>
+      </c>
+      <c r="B172" t="s">
         <v>960</v>
       </c>
-      <c r="B172" t="s">
+      <c r="C172" t="s">
+        <v>71</v>
+      </c>
+      <c r="D172" t="s">
         <v>961</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="E172" t="s">
         <v>33</v>
       </c>
       <c r="F172" t="s">
         <v>62</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>2016</v>
       </c>
       <c r="I172"/>
       <c r="J172" t="s">
         <v>260</v>
       </c>
       <c r="K172" t="s">
         <v>37</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N172" t="s">
         <v>38</v>
       </c>
       <c r="O172" t="s">
         <v>962</v>
       </c>
       <c r="P172" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
         <v>964</v>
       </c>
       <c r="B173" t="s">
         <v>965</v>
       </c>
       <c r="C173" t="s">
         <v>71</v>
       </c>
       <c r="D173" t="s">
-        <v>966</v>
+        <v>423</v>
       </c>
       <c r="E173" t="s">
         <v>33</v>
       </c>
       <c r="F173" t="s">
         <v>62</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>2016</v>
       </c>
       <c r="I173"/>
       <c r="J173" t="s">
         <v>260</v>
       </c>
       <c r="K173" t="s">
         <v>37</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="N173" t="s">
         <v>38</v>
       </c>
       <c r="O173" t="s">
+        <v>966</v>
+      </c>
+      <c r="P173" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
+        <v>968</v>
+      </c>
+      <c r="B174" t="s">
         <v>969</v>
       </c>
-      <c r="B174" t="s">
+      <c r="C174" t="s">
+        <v>71</v>
+      </c>
+      <c r="D174" t="s">
         <v>970</v>
       </c>
-      <c r="C174" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E174" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="F174" t="s">
         <v>62</v>
       </c>
       <c r="G174" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="H174"/>
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2016</v>
+      </c>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>81</v>
+        <v>260</v>
       </c>
       <c r="K174" t="s">
         <v>37</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
       <c r="N174" t="s">
         <v>38</v>
       </c>
       <c r="O174" t="s">
+        <v>971</v>
+      </c>
+      <c r="P174" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
+        <v>973</v>
+      </c>
+      <c r="B175" t="s">
         <v>974</v>
       </c>
-      <c r="B175" t="s">
+      <c r="C175" t="s">
+        <v>71</v>
+      </c>
+      <c r="D175" t="s">
         <v>975</v>
       </c>
-      <c r="C175" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E175" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="F175" t="s">
         <v>62</v>
       </c>
       <c r="G175" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H175"/>
       <c r="I175"/>
       <c r="J175" t="s">
-        <v>260</v>
+        <v>81</v>
       </c>
       <c r="K175" t="s">
         <v>37</v>
       </c>
       <c r="L175"/>
       <c r="M175" t="s">
-        <v>878</v>
+        <v>889</v>
       </c>
       <c r="N175" t="s">
         <v>38</v>
       </c>
       <c r="O175" t="s">
         <v>976</v>
       </c>
       <c r="P175" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
         <v>978</v>
       </c>
       <c r="B176" t="s">
         <v>979</v>
       </c>
       <c r="C176" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="D176" t="s">
-        <v>980</v>
+        <v>267</v>
       </c>
       <c r="E176" t="s">
         <v>33</v>
       </c>
       <c r="F176" t="s">
-        <v>251</v>
+        <v>62</v>
       </c>
       <c r="G176" t="s">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="H176">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="I176"/>
       <c r="J176" t="s">
-        <v>322</v>
+        <v>260</v>
       </c>
       <c r="K176" t="s">
-        <v>323</v>
+        <v>37</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
+        <v>880</v>
+      </c>
+      <c r="N176" t="s">
+        <v>38</v>
+      </c>
+      <c r="O176" t="s">
+        <v>980</v>
+      </c>
+      <c r="P176" t="s">
         <v>981</v>
       </c>
-      <c r="N176" t="s">
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>982</v>
+      </c>
+      <c r="B177" t="s">
+        <v>983</v>
+      </c>
+      <c r="C177" t="s">
+        <v>43</v>
+      </c>
+      <c r="D177" t="s">
+        <v>984</v>
+      </c>
+      <c r="E177" t="s">
+        <v>33</v>
+      </c>
+      <c r="F177" t="s">
+        <v>251</v>
+      </c>
+      <c r="G177" t="s">
+        <v>53</v>
+      </c>
+      <c r="H177">
+        <v>2011</v>
+      </c>
+      <c r="I177">
+        <v>2017</v>
+      </c>
+      <c r="J177" t="s">
+        <v>322</v>
+      </c>
+      <c r="K177" t="s">
+        <v>323</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>985</v>
+      </c>
+      <c r="N177" t="s">
         <v>325</v>
       </c>
-      <c r="O176" t="s">
-[...3 lines deleted...]
-        <v>983</v>
+      <c r="O177" t="s">
+        <v>986</v>
+      </c>
+      <c r="P177" t="s">
+        <v>987</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">