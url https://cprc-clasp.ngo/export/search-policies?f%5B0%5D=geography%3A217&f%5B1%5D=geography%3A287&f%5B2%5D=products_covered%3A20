--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -12,134 +12,134 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
@@ -167,50 +167,53 @@
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
@@ -228,50 +231,68 @@
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -575,51 +596,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P8"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -815,218 +836,262 @@
       </c>
       <c r="P4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>48</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="H5">
         <v>2021</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>43</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M5" t="s">
         <v>45</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>43</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7">
         <v>2018</v>
       </c>
       <c r="J7" t="s">
         <v>43</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G8" t="s">
         <v>34</v>
       </c>
       <c r="H8">
         <v>2017</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>37</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
         <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>74</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">