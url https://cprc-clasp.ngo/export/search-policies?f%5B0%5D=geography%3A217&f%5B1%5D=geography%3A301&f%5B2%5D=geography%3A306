--- v0 (2025-11-28)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="776">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="778">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2050,53 +2050,50 @@
     <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
                     NIS IEC 61000-4-11
 ,   
                     NIS IEC 61000-4-5
@@ -2129,50 +2126,59 @@
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
   </si>
   <si>
     <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
   </si>
   <si>
     <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
@@ -2773,51 +2779,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P163"/>
+  <dimension ref="A1:P164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="890.64" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -9483,1199 +9489,1243 @@
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139"/>
       <c r="M139" t="s">
         <v>45</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
         <v>674</v>
       </c>
       <c r="P139" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
         <v>675</v>
       </c>
       <c r="B140" t="s">
         <v>676</v>
       </c>
       <c r="C140" t="s">
-        <v>677</v>
+        <v>38</v>
       </c>
       <c r="D140" t="s">
         <v>638</v>
       </c>
       <c r="E140" t="s">
         <v>40</v>
       </c>
       <c r="F140" t="s">
         <v>52</v>
       </c>
       <c r="G140" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="H140">
         <v>2024</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
+        <v>678</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
         <v>679</v>
       </c>
-      <c r="K140" t="s">
-[...2 lines deleted...]
-      <c r="L140" t="s">
+      <c r="M140" t="s">
         <v>680</v>
       </c>
-      <c r="M140" t="s">
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
         <v>681</v>
       </c>
-      <c r="N140" t="s">
-[...2 lines deleted...]
-      <c r="O140" t="s">
+      <c r="P140" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
+        <v>683</v>
+      </c>
+      <c r="B141" t="s">
         <v>684</v>
       </c>
-      <c r="B141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C141" t="s">
-        <v>677</v>
+        <v>38</v>
       </c>
       <c r="D141" t="s">
         <v>292</v>
       </c>
       <c r="E141" t="s">
         <v>40</v>
       </c>
       <c r="F141" t="s">
         <v>52</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
         <v>2024</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
       <c r="L141" t="s">
+        <v>685</v>
+      </c>
+      <c r="M141" t="s">
+        <v>680</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
         <v>686</v>
       </c>
-      <c r="M141" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P141" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>688</v>
-[...3 lines deleted...]
-      </c>
+        <v>687</v>
+      </c>
+      <c r="B142"/>
       <c r="C142" t="s">
         <v>38</v>
       </c>
       <c r="D142" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="E142" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F142" t="s">
-        <v>673</v>
+        <v>52</v>
       </c>
       <c r="G142" t="s">
-        <v>33</v>
+        <v>677</v>
       </c>
       <c r="H142">
         <v>2017</v>
       </c>
-      <c r="I142">
-[...1 lines deleted...]
-      </c>
+      <c r="I142"/>
       <c r="J142" t="s">
-        <v>61</v>
+        <v>688</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>45</v>
+        <v>680</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="P142" t="s">
-        <v>366</v>
+        <v>682</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
+        <v>690</v>
+      </c>
+      <c r="B143" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
       <c r="C143" t="s">
         <v>38</v>
       </c>
       <c r="D143" t="s">
-        <v>693</v>
+        <v>82</v>
       </c>
       <c r="E143" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F143" t="s">
-        <v>694</v>
+        <v>673</v>
       </c>
       <c r="G143" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H143">
-        <v>2018</v>
-[...1 lines deleted...]
-      <c r="I143"/>
+        <v>2017</v>
+      </c>
+      <c r="I143">
+        <v>2019</v>
+      </c>
       <c r="J143" t="s">
         <v>61</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
-      <c r="L143" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L143"/>
       <c r="M143" t="s">
-        <v>696</v>
+        <v>45</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="P143" t="s">
-        <v>698</v>
+        <v>366</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
+        <v>693</v>
+      </c>
+      <c r="B144" t="s">
+        <v>694</v>
+      </c>
+      <c r="C144" t="s">
+        <v>38</v>
+      </c>
+      <c r="D144" t="s">
+        <v>695</v>
+      </c>
+      <c r="E144" t="s">
+        <v>40</v>
+      </c>
+      <c r="F144" t="s">
+        <v>696</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2018</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>61</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>697</v>
+      </c>
+      <c r="M144" t="s">
+        <v>698</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
         <v>699</v>
       </c>
-      <c r="B144" t="s">
+      <c r="P144" t="s">
         <v>700</v>
-      </c>
-[...40 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="B145" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="C145" t="s">
         <v>18</v>
       </c>
       <c r="D145" t="s">
         <v>135</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
         <v>33</v>
       </c>
       <c r="H145">
         <v>1991</v>
       </c>
       <c r="I145">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J145" t="s">
         <v>23</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>136</v>
+        <v>703</v>
       </c>
       <c r="M145" t="s">
         <v>26</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
       <c r="P145" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
+        <v>705</v>
+      </c>
+      <c r="B146" t="s">
         <v>706</v>
-      </c>
-[...1 lines deleted...]
-        <v>707</v>
       </c>
       <c r="C146" t="s">
         <v>18</v>
       </c>
       <c r="D146" t="s">
         <v>135</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
         <v>33</v>
       </c>
       <c r="H146">
         <v>1991</v>
       </c>
       <c r="I146">
-        <v>2016</v>
+        <v>2002</v>
       </c>
       <c r="J146" t="s">
         <v>23</v>
       </c>
       <c r="K146" t="s">
         <v>24</v>
       </c>
       <c r="L146" t="s">
-        <v>708</v>
+        <v>136</v>
       </c>
       <c r="M146" t="s">
-        <v>142</v>
+        <v>26</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="P146" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="B147" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="C147" t="s">
         <v>18</v>
       </c>
       <c r="D147" t="s">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>33</v>
       </c>
       <c r="H147">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="I147">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J147" t="s">
         <v>23</v>
       </c>
       <c r="K147" t="s">
         <v>24</v>
       </c>
       <c r="L147" t="s">
-        <v>83</v>
+        <v>710</v>
       </c>
       <c r="M147" t="s">
-        <v>26</v>
+        <v>142</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="P147" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
+        <v>712</v>
+      </c>
+      <c r="B148" t="s">
         <v>713</v>
       </c>
-      <c r="B148" t="s">
+      <c r="C148" t="s">
+        <v>18</v>
+      </c>
+      <c r="D148" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>714</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
         <v>33</v>
       </c>
       <c r="H148">
-        <v>2011</v>
+        <v>1996</v>
       </c>
       <c r="I148">
         <v>2011</v>
       </c>
       <c r="J148" t="s">
         <v>23</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
         <v>83</v>
       </c>
       <c r="M148" t="s">
         <v>26</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>715</v>
+        <v>714</v>
       </c>
       <c r="P148" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B149" t="s">
         <v>82</v>
       </c>
       <c r="C149" t="s">
         <v>18</v>
       </c>
       <c r="D149" t="s">
-        <v>82</v>
+        <v>716</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
         <v>21</v>
       </c>
       <c r="G149" t="s">
         <v>33</v>
       </c>
       <c r="H149">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="I149">
         <v>2011</v>
       </c>
       <c r="J149" t="s">
         <v>23</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
       <c r="L149" t="s">
         <v>83</v>
       </c>
       <c r="M149" t="s">
         <v>26</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="P149" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="B150" t="s">
-        <v>718</v>
+        <v>82</v>
       </c>
       <c r="C150" t="s">
         <v>18</v>
       </c>
       <c r="D150" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="E150" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>673</v>
+        <v>21</v>
       </c>
       <c r="G150" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H150">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I150"/>
+        <v>1996</v>
+      </c>
+      <c r="I150">
+        <v>2011</v>
+      </c>
       <c r="J150" t="s">
         <v>23</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
-      <c r="L150"/>
+      <c r="L150" t="s">
+        <v>83</v>
+      </c>
       <c r="M150" t="s">
         <v>26</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="P150" t="s">
-        <v>720</v>
+        <v>29</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="B151" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="C151" t="s">
         <v>18</v>
       </c>
       <c r="D151" t="s">
         <v>94</v>
       </c>
       <c r="E151" t="s">
         <v>40</v>
       </c>
       <c r="F151" t="s">
         <v>673</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2016</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
         <v>23</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
         <v>26</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="P151" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="B152" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="C152" t="s">
         <v>18</v>
       </c>
       <c r="D152" t="s">
-        <v>651</v>
+        <v>94</v>
       </c>
       <c r="E152" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F152" t="s">
         <v>673</v>
       </c>
       <c r="G152" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H152">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I152"/>
       <c r="J152" t="s">
         <v>23</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
         <v>26</v>
       </c>
       <c r="N152" t="s">
-        <v>159</v>
+        <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="P152" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="B153" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="C153" t="s">
         <v>18</v>
       </c>
       <c r="D153" t="s">
-        <v>32</v>
+        <v>651</v>
       </c>
       <c r="E153" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>52</v>
+        <v>673</v>
       </c>
       <c r="G153" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H153">
+        <v>2012</v>
+      </c>
+      <c r="I153">
         <v>2015</v>
       </c>
-      <c r="I153"/>
       <c r="J153" t="s">
         <v>23</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
         <v>26</v>
       </c>
       <c r="N153" t="s">
-        <v>27</v>
+        <v>159</v>
       </c>
       <c r="O153" t="s">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="P153" t="s">
-        <v>609</v>
+        <v>730</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
+        <v>731</v>
+      </c>
+      <c r="B154" t="s">
         <v>732</v>
       </c>
-      <c r="B154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" t="s">
         <v>18</v>
       </c>
       <c r="D154" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="E154" t="s">
         <v>40</v>
       </c>
       <c r="F154" t="s">
         <v>52</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
         <v>23</v>
       </c>
       <c r="K154" t="s">
         <v>24</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
         <v>26</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="P154" t="s">
-        <v>735</v>
+        <v>609</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="B155" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="C155" t="s">
         <v>18</v>
       </c>
       <c r="D155" t="s">
         <v>94</v>
       </c>
       <c r="E155" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="F155" t="s">
         <v>52</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2018</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
         <v>23</v>
       </c>
       <c r="K155" t="s">
         <v>24</v>
       </c>
       <c r="L155"/>
       <c r="M155" t="s">
         <v>26</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>738</v>
+        <v>736</v>
       </c>
       <c r="P155" t="s">
-        <v>739</v>
+        <v>737</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>740</v>
+        <v>738</v>
       </c>
       <c r="B156" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="C156" t="s">
         <v>18</v>
       </c>
       <c r="D156" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
-        <v>673</v>
+        <v>52</v>
       </c>
       <c r="G156" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H156">
-        <v>2010</v>
-[...1 lines deleted...]
-      <c r="I156">
         <v>2018</v>
       </c>
+      <c r="I156"/>
       <c r="J156" t="s">
         <v>23</v>
       </c>
       <c r="K156" t="s">
         <v>24</v>
       </c>
       <c r="L156"/>
       <c r="M156" t="s">
         <v>26</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="P156" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="B157" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="C157" t="s">
         <v>18</v>
       </c>
       <c r="D157" t="s">
-        <v>196</v>
+        <v>82</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>673</v>
       </c>
       <c r="G157" t="s">
         <v>33</v>
       </c>
       <c r="H157">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="I157">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="J157" t="s">
         <v>23</v>
       </c>
       <c r="K157" t="s">
         <v>24</v>
       </c>
-      <c r="L157" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L157"/>
       <c r="M157" t="s">
         <v>26</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="P157" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="B158" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="C158" t="s">
         <v>18</v>
       </c>
       <c r="D158" t="s">
-        <v>224</v>
+        <v>196</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>673</v>
       </c>
       <c r="G158" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H158">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I158"/>
+        <v>2011</v>
+      </c>
+      <c r="I158">
+        <v>2011</v>
+      </c>
       <c r="J158" t="s">
         <v>23</v>
       </c>
       <c r="K158" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="L158"/>
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>197</v>
+      </c>
       <c r="M158" t="s">
         <v>26</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="P158" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="B159" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="C159" t="s">
         <v>18</v>
       </c>
       <c r="D159" t="s">
-        <v>754</v>
+        <v>224</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>673</v>
       </c>
       <c r="G159" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="H159">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I159"/>
       <c r="J159" t="s">
-        <v>755</v>
+        <v>23</v>
       </c>
       <c r="K159" t="s">
-        <v>24</v>
+        <v>225</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
         <v>26</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="P159" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
       <c r="B160" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
       <c r="C160" t="s">
         <v>18</v>
       </c>
       <c r="D160" t="s">
-        <v>490</v>
+        <v>756</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>673</v>
       </c>
       <c r="G160" t="s">
         <v>33</v>
       </c>
       <c r="H160">
         <v>2010</v>
       </c>
       <c r="I160">
-        <v>2010</v>
+        <v>2016</v>
       </c>
       <c r="J160" t="s">
-        <v>23</v>
+        <v>757</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
-      <c r="L160" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L160"/>
       <c r="M160" t="s">
         <v>26</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="P160" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="B161" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="C161" t="s">
         <v>18</v>
       </c>
       <c r="D161" t="s">
-        <v>135</v>
+        <v>490</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>673</v>
       </c>
       <c r="G161" t="s">
         <v>33</v>
       </c>
       <c r="H161">
         <v>2010</v>
       </c>
       <c r="I161">
         <v>2010</v>
       </c>
       <c r="J161" t="s">
         <v>23</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
-        <v>708</v>
+        <v>762</v>
       </c>
       <c r="M161" t="s">
         <v>26</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="P161" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="B162" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="C162" t="s">
         <v>18</v>
       </c>
       <c r="D162" t="s">
-        <v>19</v>
+        <v>135</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
-        <v>21</v>
+        <v>673</v>
       </c>
       <c r="G162" t="s">
         <v>33</v>
       </c>
       <c r="H162">
         <v>2010</v>
       </c>
       <c r="I162">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="J162" t="s">
         <v>23</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162" t="s">
-        <v>769</v>
+        <v>710</v>
       </c>
       <c r="M162" t="s">
         <v>26</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="P162" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="B163" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="C163" t="s">
         <v>18</v>
       </c>
       <c r="D163" t="s">
         <v>19</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H163">
         <v>2010</v>
       </c>
-      <c r="I163"/>
+      <c r="I163">
+        <v>2017</v>
+      </c>
       <c r="J163" t="s">
         <v>23</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="M163" t="s">
         <v>26</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
+        <v>772</v>
+      </c>
+      <c r="P163" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>774</v>
+      </c>
+      <c r="B164" t="s">
         <v>775</v>
       </c>
-      <c r="P163" t="s">
+      <c r="C164" t="s">
+        <v>18</v>
+      </c>
+      <c r="D164" t="s">
+        <v>19</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2010</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>23</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>776</v>
+      </c>
+      <c r="M164" t="s">
+        <v>26</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>777</v>
+      </c>
+      <c r="P164" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>