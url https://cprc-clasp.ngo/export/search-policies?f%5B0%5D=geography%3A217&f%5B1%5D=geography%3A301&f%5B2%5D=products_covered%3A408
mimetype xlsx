--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -245,51 +245,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
   </si>
   <si>
     <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
   </si>
   <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
     <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   