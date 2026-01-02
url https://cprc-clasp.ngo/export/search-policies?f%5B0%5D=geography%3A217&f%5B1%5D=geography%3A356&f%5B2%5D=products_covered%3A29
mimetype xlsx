--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -292,53 +292,50 @@
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
     <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
   </si>
   <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-incandescent-lamps</t>
   </si>
   <si>
     <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
 ,   
                     NIS IEC 60081
 ,   
                     NIS IEC 62612
 ,   
                     NIS IEC 62717
 ,   
                     NIS IEC 63103
 ,   
@@ -1592,184 +1589,184 @@
       </c>
       <c r="L16" t="s">
         <v>43</v>
       </c>
       <c r="M16" t="s">
         <v>37</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
         <v>89</v>
       </c>
       <c r="P16" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>91</v>
       </c>
       <c r="B17" t="s">
         <v>92</v>
       </c>
       <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H17">
         <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
+        <v>96</v>
+      </c>
+      <c r="M17" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
+        <v>98</v>
+      </c>
+      <c r="P17" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>100</v>
+      </c>
+      <c r="B18" t="s">
         <v>101</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E18" t="s">
         <v>33</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>51</v>
       </c>
       <c r="H18">
         <v>2024</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="M18" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="P18" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>105</v>
+      </c>
+      <c r="B19" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E19" t="s">
         <v>33</v>
       </c>
       <c r="F19" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G19" t="s">
         <v>51</v>
       </c>
       <c r="H19">
         <v>2018</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
+        <v>110</v>
+      </c>
+      <c r="M19" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
+        <v>112</v>
+      </c>
+      <c r="P19" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">