--- v0 (2025-11-09)
+++ v1 (2026-01-02)
@@ -119,51 +119,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   