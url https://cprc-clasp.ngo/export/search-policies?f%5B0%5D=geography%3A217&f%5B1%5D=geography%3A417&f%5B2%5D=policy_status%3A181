--- v0 (2025-11-26)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -189,53 +189,50 @@
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Africa, Nigeria</t>
   </si>
   <si>
     <t>Luminaires</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
@@ -693,51 +690,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -957,277 +954,277 @@
       <c r="K5" t="s">
         <v>45</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
         <v>47</v>
       </c>
       <c r="O5" t="s">
         <v>56</v>
       </c>
       <c r="P5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>57</v>
       </c>
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
         <v>45</v>
       </c>
       <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="N6" t="s">
         <v>47</v>
       </c>
       <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
         <v>53</v>
       </c>
       <c r="F7" t="s">
         <v>54</v>
       </c>
       <c r="G7" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H7">
         <v>2017</v>
       </c>
       <c r="I7">
         <v>2019</v>
       </c>
       <c r="J7" t="s">
         <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>45</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
         <v>47</v>
       </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="P7" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2018</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>35</v>
       </c>
       <c r="K8" t="s">
         <v>45</v>
       </c>
       <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="N8" t="s">
         <v>47</v>
       </c>
       <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
         <v>80</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D9" t="s">
         <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2017</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K9" t="s">
         <v>45</v>
       </c>
       <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
         <v>88</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2020</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K10" t="s">
         <v>45</v>
       </c>
       <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="P10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>