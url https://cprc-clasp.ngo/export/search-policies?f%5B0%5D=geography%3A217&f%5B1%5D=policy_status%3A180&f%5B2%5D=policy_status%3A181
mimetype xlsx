--- v0 (2025-10-11)
+++ v1 (2026-03-08)
@@ -12,347 +12,397 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>May 2025</t>
+  </si>
+  <si>
+    <t>NIS IEC 62722-2-1
+,   
+                    NIS IEC 62722-2 series
+,   
+                    NIS IEC 61000-4-11; NIS IEC 61000-4-5
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2
+,   
+                    NIS IEC 61643-11
+,   
+                    IES LM-79 CIE S 025
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...50 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
   <si>
     <t>NIS IEC 62717:2015, LED modules for general lighting – Performance requirements</t>
+  </si>
+  <si>
+    <t>Specifies the performance requirements for LED modules, together with the test methods and conditions, required to show compliance with this standard.</t>
   </si>
   <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>IEC 60050-845:1987, International Electrotechnical Vocabulary – Chapter 845: Lighting
 ,   
                     IEC 60068-2-14, Environmental testing – Part 2-14: Tests – Test N: Change of temperature
 ,   
                     IEC 60068-3-5:2001, Environmental testing – Part 3-5: Supporting documentation and
 guidance – Confirmation of the performance of temperature chambers
 ,   
                     IEC 60081, Double-capped fluorescent lamps – Performance specifications
 ,   
                     IEC 61000-3-2:2005, Electromagnetic compatibility (EMC) – Part 3-2: Limits – Limits for
 harmonic current emissions (equipment input current ≤ 16 A per phase)
 IEC 61000-3-2:2005/AMD 1:2008
 IEC 61000-3-2:2005/AMD 2:2009
 ,   
                     IEC 61000-4-7, Electromagnetic compatibility (EMC) – Part 4-7: Testing and measurement techniques – General guide on harmonics and interharmonics measurements and instrumentation, for power supply systems and equipment connected thereto
 ,   
                     IEC TR 61341, Method of measurement of centre beam intensity and beam angle(s) of
 reflector lamps
 ,   
                     IEC 61347-2-13, Lamp controlgear – Part 2-13: Particular requirements for d.c. or a.c.
 supplied electronic controlgear for LED modules
 ,   
                     IEC 62031:2008, LED modules for general lighting – Safety specifications
 ,   
                     IEC 62504, General lighting – Light emitting diode (LED) products and related equipment –Terms and definitions
 ,   
                     CIE 13.3:1995, Method of measuring and specifying colour rendering properties of light
 sources
 ,   
                     CIE 177:2007, Colour rendering of white LED light sources
 ,   
                     CIE S 025/E:2015, Test Method for LED Lamps, LED Luminaires and LED Modules
 ,   
                     ANSI/IES LM-80-15, Approved Method: Measuring Luminous Flux and Color Maintenance of LED Packages, Arrays and Modules</t>
   </si>
   <si>
     <t>Standards Organization of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nis-iec-627172015-led-modules-general-lighting-performance-requirements</t>
+  </si>
+  <si>
+    <t>https://standards.lawnigeria.com/2018/08/31/standards-of-nigeria/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -616,481 +666,538 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="686.547" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...26 lines deleted...]
-      <c r="M3" t="s">
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2024</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
-        <v>34</v>
+      <c r="F8" t="s">
+        <v>62</v>
+      </c>
+      <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...9 lines deleted...]
-      <c r="D4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
         <v>37</v>
       </c>
-      <c r="E4" t="s">
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
         <v>38</v>
       </c>
-      <c r="F4" t="s">
-[...230 lines deleted...]
-        <v>68</v>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>