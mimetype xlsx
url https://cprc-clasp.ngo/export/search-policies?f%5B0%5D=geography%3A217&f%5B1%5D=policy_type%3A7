--- v0 (2025-10-13)
+++ v1 (2026-03-07)
@@ -12,273 +12,320 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
+  </si>
+  <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
+  </si>
+  <si>
+    <t>Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>May 2025</t>
+  </si>
+  <si>
+    <t>NIS IEC 60064
+,   
+                    NIS IEC 60357
+,   
+                    NIS IEC 60969
+,   
+                    NIS IEC 60081
+,   
+                    NIS IEC 62612
+,   
+                    NIS IEC 62717
+,   
+                    NIS IEC 63103
+,   
+                    NIS IEC 61000-4-11
+,   
+                    NIS IEC 61000-4-5
+,   
+                    NIS IEC 60901
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-1-lamps</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
+    <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
+  </si>
+  <si>
+    <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>NIS IEC 62722-2-1
+,   
+                    NIS IEC 62722-2 series
+,   
+                    NIS IEC 61000-4-11; NIS IEC 61000-4-5
+,   
+                    NIS IEC 61000-4-7; NIS IEC 61000-3-2
+,   
+                    NIS IEC 61643-11
+,   
+                    IES LM-79 CIE S 025
+,   
+                    NIS IEC TR 61547-1
+,   
+                    NIS IEC TR 63158
+,   
+                    NIS CISPR 15
+,   
+                    NIS IEC 61547</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+  </si>
+  <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - Nigerian Energy Label Guide label for ACs</t>
+  </si>
+  <si>
+    <t>NIS ECOSTAND 072:2018EE - The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of refrigerators in the market.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label</t>
-[...2 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide</t>
-[...90 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/nis-1209-12024-minimum-energy-performance-standard-lighting-part-2-luminaires</t>
+    <t>https://cprc-clasp.ngo/policies/nis-ecostand-0722018ee-nigerian-energy-label-guide-label-acs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -542,355 +589,438 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="98" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="129" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="537.869" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2024</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2024</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6"/>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...75 lines deleted...]
-      <c r="B5" t="s">
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
         <v>35</v>
-      </c>
-[...74 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>