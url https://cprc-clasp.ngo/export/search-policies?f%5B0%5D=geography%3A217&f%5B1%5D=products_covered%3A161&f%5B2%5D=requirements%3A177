--- v0 (2025-11-30)
+++ v1 (2026-01-20)
@@ -68,51 +68,51 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 1: Lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy labelling requirements and the minimum energy performance standard (MEPS) requirements for lamps used in general lighting services and tubular lamps. Lamps covered in this standard include those used in general lighting services (GLS), which refers to Tungsten Filament Lamps, Compact Florescent Lamps (CFL), and Light Emitting Diode (LED) Lamps, as well as LED and fluorescent tubes of rated voltage not exceeding 300V.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NIS IEC 60064
 ,   
                     NIS IEC 60357
 ,   
                     NIS IEC 60969
@@ -487,51 +487,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="537.869" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="123.827" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="63.556" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>