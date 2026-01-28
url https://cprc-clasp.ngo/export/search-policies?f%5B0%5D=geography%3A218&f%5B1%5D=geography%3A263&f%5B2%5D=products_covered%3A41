--- v0 (2025-10-09)
+++ v1 (2026-01-28)
@@ -12,261 +12,298 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
+  </si>
+  <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -530,367 +567,406 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2014</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2014</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...152 lines deleted...]
-        <v>51</v>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>