--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -12,202 +12,225 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,279 +494,306 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="74" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="107" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="661.696" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="107.26" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="75.41" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="G3">
-[...61 lines deleted...]
-        <v>35</v>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>