--- v0 (2025-10-09)
+++ v1 (2025-12-15)
@@ -12,184 +12,211 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -453,239 +480,260 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="103" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="517.731" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H2">
-[...14 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...33 lines deleted...]
-        <v>30</v>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>