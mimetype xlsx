--- v0 (2025-10-10)
+++ v1 (2026-01-29)
@@ -12,212 +12,237 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,317 +506,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="71" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="106" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="317.208" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-[...9 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L3" t="s">
         <v>25</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="M3" t="s">
         <v>26</v>
-      </c>
-[...26 lines deleted...]
-        <v>24</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D4" t="s">
-[...24 lines deleted...]
-      <c r="M4" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="N5" t="s">
-        <v>40</v>
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>