--- v0 (2025-10-10)
+++ v1 (2026-01-27)
@@ -12,554 +12,720 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>The Gambia</t>
   </si>
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-1</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -823,1469 +989,1654 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>58</v>
+      </c>
+      <c r="L5" t="s">
+        <v>59</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>58</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>74</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>48</v>
+      </c>
+      <c r="K8" t="s">
+        <v>58</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>50</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>48</v>
+      </c>
+      <c r="K9" t="s">
+        <v>58</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>50</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>48</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>50</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>57</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>50</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>47</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>48</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>50</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>47</v>
+      </c>
+      <c r="F13" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13">
+        <v>2021</v>
+      </c>
+      <c r="J13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>100</v>
+      </c>
+      <c r="M13" t="s">
+        <v>50</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>47</v>
+      </c>
+      <c r="F14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>48</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>106</v>
+      </c>
+      <c r="M14" t="s">
+        <v>50</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>47</v>
+      </c>
+      <c r="F15" t="s">
+        <v>55</v>
+      </c>
+      <c r="G15" t="s">
+        <v>112</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>48</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>113</v>
+      </c>
+      <c r="M15" t="s">
+        <v>50</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
+        <v>47</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>56</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>48</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>94</v>
+      </c>
+      <c r="M16" t="s">
+        <v>50</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" t="s">
+        <v>47</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>56</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>48</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
+      <c r="M17" t="s">
+        <v>50</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>126</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>128</v>
+      </c>
+      <c r="E18" t="s">
+        <v>47</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>48</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>129</v>
+      </c>
+      <c r="M18" t="s">
+        <v>50</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>111</v>
+      </c>
+      <c r="E19" t="s">
+        <v>47</v>
+      </c>
+      <c r="F19" t="s">
+        <v>134</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>48</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>113</v>
+      </c>
+      <c r="M19" t="s">
+        <v>50</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" t="s">
+        <v>93</v>
+      </c>
+      <c r="E20" t="s">
+        <v>47</v>
+      </c>
+      <c r="F20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" t="s">
+        <v>56</v>
+      </c>
+      <c r="H20">
+        <v>2002</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>48</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>139</v>
+      </c>
+      <c r="M20" t="s">
+        <v>50</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>142</v>
+      </c>
+      <c r="B21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C21" t="s">
+        <v>45</v>
+      </c>
+      <c r="D21" t="s">
+        <v>118</v>
+      </c>
+      <c r="E21" t="s">
+        <v>47</v>
+      </c>
+      <c r="F21" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" t="s">
+        <v>56</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21">
+        <v>2021</v>
+      </c>
+      <c r="J21" t="s">
+        <v>48</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21" t="s">
+        <v>50</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>145</v>
+      </c>
+      <c r="P21" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>45</v>
+      </c>
+      <c r="D22" t="s">
+        <v>149</v>
+      </c>
+      <c r="E22" t="s">
+        <v>47</v>
+      </c>
+      <c r="F22" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H22">
+        <v>2002</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>48</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>150</v>
+      </c>
+      <c r="M22" t="s">
+        <v>50</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>45</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
+        <v>47</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>48</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>156</v>
+      </c>
+      <c r="M23" t="s">
+        <v>50</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D24" t="s">
+        <v>155</v>
+      </c>
+      <c r="E24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>48</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>156</v>
+      </c>
+      <c r="M24" t="s">
+        <v>50</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>158</v>
+      </c>
+      <c r="P24"/>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>159</v>
+      </c>
+      <c r="B25" t="s">
+        <v>160</v>
+      </c>
+      <c r="C25" t="s">
+        <v>45</v>
+      </c>
+      <c r="D25" t="s">
+        <v>161</v>
+      </c>
+      <c r="E25" t="s">
+        <v>47</v>
+      </c>
+      <c r="F25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>48</v>
+      </c>
+      <c r="K25" t="s">
+        <v>162</v>
+      </c>
+      <c r="L25" t="s">
+        <v>163</v>
+      </c>
+      <c r="M25" t="s">
+        <v>50</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>164</v>
+      </c>
+      <c r="P25" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>166</v>
+      </c>
+      <c r="B26" t="s">
+        <v>167</v>
+      </c>
+      <c r="C26" t="s">
+        <v>45</v>
+      </c>
+      <c r="D26" t="s">
+        <v>168</v>
+      </c>
+      <c r="E26" t="s">
+        <v>47</v>
+      </c>
+      <c r="F26" t="s">
+        <v>55</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>48</v>
+      </c>
+      <c r="K26" t="s">
+        <v>169</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>50</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>45</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
+        <v>47</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>48</v>
+      </c>
+      <c r="K27" t="s">
+        <v>174</v>
+      </c>
+      <c r="L27" t="s">
+        <v>175</v>
+      </c>
+      <c r="M27" t="s">
+        <v>50</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>176</v>
+      </c>
+      <c r="P27" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>178</v>
+      </c>
+      <c r="B28" t="s">
+        <v>179</v>
+      </c>
+      <c r="C28" t="s">
+        <v>45</v>
+      </c>
+      <c r="D28" t="s">
+        <v>168</v>
+      </c>
+      <c r="E28" t="s">
+        <v>47</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>48</v>
+      </c>
+      <c r="K28" t="s">
+        <v>180</v>
+      </c>
+      <c r="L28" t="s">
+        <v>181</v>
+      </c>
+      <c r="M28" t="s">
+        <v>50</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>182</v>
+      </c>
+      <c r="P28" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>184</v>
+      </c>
+      <c r="B29" t="s">
+        <v>185</v>
+      </c>
+      <c r="C29" t="s">
+        <v>45</v>
+      </c>
+      <c r="D29" t="s">
+        <v>168</v>
+      </c>
+      <c r="E29" t="s">
+        <v>47</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>48</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>186</v>
+      </c>
+      <c r="M29" t="s">
+        <v>50</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>187</v>
+      </c>
+      <c r="P29" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>189</v>
+      </c>
+      <c r="B30" t="s">
+        <v>190</v>
+      </c>
+      <c r="C30" t="s">
+        <v>45</v>
+      </c>
+      <c r="D30" t="s">
+        <v>191</v>
+      </c>
+      <c r="E30" t="s">
+        <v>47</v>
+      </c>
+      <c r="F30" t="s">
+        <v>192</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>57</v>
+      </c>
+      <c r="K30" t="s">
+        <v>193</v>
+      </c>
+      <c r="L30" t="s">
+        <v>194</v>
+      </c>
+      <c r="M30" t="s">
+        <v>50</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>195</v>
+      </c>
+      <c r="P30" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>197</v>
+      </c>
+      <c r="B31" t="s">
+        <v>198</v>
+      </c>
+      <c r="C31" t="s">
+        <v>45</v>
+      </c>
+      <c r="D31" t="s">
+        <v>199</v>
+      </c>
+      <c r="E31" t="s">
+        <v>47</v>
+      </c>
+      <c r="F31" t="s">
+        <v>55</v>
+      </c>
+      <c r="G31" t="s">
+        <v>56</v>
+      </c>
+      <c r="H31">
+        <v>2012</v>
+      </c>
+      <c r="I31">
+        <v>2015</v>
+      </c>
+      <c r="J31" t="s">
+        <v>57</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>200</v>
+      </c>
+      <c r="M31" t="s">
+        <v>50</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>201</v>
+      </c>
+      <c r="P31" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>203</v>
+      </c>
+      <c r="B32" t="s">
+        <v>204</v>
+      </c>
+      <c r="C32" t="s">
+        <v>45</v>
+      </c>
+      <c r="D32" t="s">
+        <v>205</v>
+      </c>
+      <c r="E32" t="s">
+        <v>47</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>57</v>
+      </c>
+      <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...1273 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>151</v>
+        <v>50</v>
       </c>
       <c r="N32" t="s">
-        <v>152</v>
-      </c>
+        <v>206</v>
+      </c>
+      <c r="O32" t="s">
+        <v>207</v>
+      </c>
+      <c r="P32"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>