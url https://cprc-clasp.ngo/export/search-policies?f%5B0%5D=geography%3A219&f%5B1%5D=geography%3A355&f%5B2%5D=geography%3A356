--- v0 (2025-11-26)
+++ v1 (2026-01-27)
@@ -5133,51 +5133,51 @@
       </c>
       <c r="P63" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>279</v>
       </c>
       <c r="B64" t="s">
         <v>280</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" t="s">
         <v>281</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>282</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64">
         <v>2024</v>
       </c>
       <c r="J64" t="s">
         <v>283</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
         <v>284</v>
       </c>
       <c r="M64" t="s">
         <v>25</v>
       </c>
       <c r="N64" t="s">
         <v>26</v>
       </c>
       <c r="O64" t="s">
         <v>285</v>
       </c>