--- v0 (2025-11-30)
+++ v1 (2026-01-30)
@@ -12,410 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Draft MEPS for chillers</t>
-[...284 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>Electric Motors Minimum Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>3-Phase Motors, 1-Phase Motors</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/electric-motors-minimum-energy-performance-standards</t>
+  </si>
+  <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for air conditioners</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Seychelles</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for bulbs</t>
+  </si>
+  <si>
+    <t>Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for electric water heaters</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for freezers and refrigerators</t>
+  </si>
+  <si>
+    <t>Freezers-only, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for washing machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-washing-machines</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
   </si>
   <si>
     <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
@@ -438,50 +438,53 @@
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
@@ -504,50 +507,53 @@
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
     <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1077,51 +1083,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="718.396" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1161,1708 +1167,1704 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2022</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="P2"/>
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="P4"/>
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
       <c r="M7" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E8" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P8" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>62</v>
       </c>
       <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
         <v>63</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P9" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="E10" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H10">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I10">
         <v>2023</v>
       </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P10" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="E11" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
         <v>2023</v>
       </c>
-      <c r="I11"/>
       <c r="J11" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="P11" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="E12" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="H12">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B13" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13">
         <v>2024</v>
       </c>
-      <c r="I13">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="P13" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E14" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="I14"/>
+        <v>22</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14">
+        <v>2024</v>
+      </c>
       <c r="J14" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="P14" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B15" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C15" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="E15" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H15"/>
+        <v>65</v>
+      </c>
+      <c r="H15">
+        <v>2025</v>
+      </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P15" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>96</v>
       </c>
       <c r="B16" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="C16" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D16" t="s">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="E16" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="P16" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B17" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="C17" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E17" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="P17" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B18" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="C18" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D18" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E18" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="P18" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B19" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="C19" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="E19" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="P19" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B20" t="s">
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="D20" t="s">
-        <v>113</v>
+        <v>55</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>116</v>
       </c>
       <c r="P20" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>118</v>
       </c>
       <c r="B21" t="s">
         <v>119</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D21" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
         <v>120</v>
       </c>
       <c r="F21" t="s">
         <v>121</v>
       </c>
       <c r="G21" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>122</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>123</v>
       </c>
       <c r="M21" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>124</v>
       </c>
       <c r="P21" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>126</v>
       </c>
       <c r="B22" t="s">
         <v>127</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>128</v>
       </c>
       <c r="E22" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H22">
         <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>129</v>
       </c>
       <c r="M22" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>130</v>
       </c>
       <c r="P22" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>132</v>
       </c>
       <c r="B23" t="s">
         <v>133</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="E23" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>57</v>
+        <v>134</v>
       </c>
       <c r="H23">
         <v>2021</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M23" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B24" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E24" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G24" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H24">
         <v>2021</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M24" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="P24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B25" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C25" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D25" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="E25" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H25">
         <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M25" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E26" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>70</v>
+        <v>153</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="M26" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="P26" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B27" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C27" t="s">
         <v>18</v>
       </c>
       <c r="D27" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E27" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="P27" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B28" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="E28" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2015</v>
       </c>
       <c r="I28">
         <v>2018</v>
       </c>
       <c r="J28" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="M28" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="P28" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="B29" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="E29" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G29" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2013</v>
       </c>
       <c r="I29">
         <v>2016</v>
       </c>
       <c r="J29" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="M29" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="P29" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B30" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C30" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D30" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E30" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F30" t="s">
         <v>121</v>
       </c>
       <c r="G30" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H30">
         <v>2023</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>122</v>
       </c>
       <c r="K30" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N30" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="O30" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="P30" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C31" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D31" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="E31" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H31">
         <v>2014</v>
       </c>
       <c r="I31">
         <v>2024</v>
       </c>
       <c r="J31" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="M31" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P31" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D32" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E32" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2014</v>
       </c>
       <c r="I32">
         <v>2024</v>
       </c>
       <c r="J32" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="M32" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P32" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B33" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C33" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D33" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E33" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2020</v>
       </c>
       <c r="I33">
         <v>2024</v>
       </c>
       <c r="J33" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="M33" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="P33" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B34" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C34" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D34" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="E34" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H34">
         <v>2014</v>
       </c>
       <c r="I34">
         <v>2024</v>
       </c>
       <c r="J34" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M34" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N34" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="P34" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B35" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C35" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D35" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="E35" t="s">
         <v>120</v>
       </c>
       <c r="F35" t="s">
         <v>121</v>
       </c>
       <c r="G35" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H35">
         <v>2014</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>122</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="M35" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N35" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="P35" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B36" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C36" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D36" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E36" t="s">
         <v>120</v>
       </c>
       <c r="F36" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G36" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>122</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="M36" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="P36" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B37" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C37" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D37" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E37" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G37" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H37">
         <v>2019</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="K37" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="N37" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="O37" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="P37" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">