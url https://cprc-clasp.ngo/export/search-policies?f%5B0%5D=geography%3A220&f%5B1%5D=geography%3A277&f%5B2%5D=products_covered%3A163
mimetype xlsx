--- v0 (2025-11-13)
+++ v1 (2026-01-02)
@@ -62,137 +62,173 @@
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
     <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...1 lines deleted...]
-  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
   </si>
   <si>
     <t>CEL- Directional Integrated LED Lamps for Indoor Lighting</t>
   </si>
   <si>
     <t>This policy covers directional integrated LED lamps.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 29295; GB/T 29296</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-directional-integrated-led-lamps-indoor-lighting</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
   <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
     <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
   </si>
   <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
@@ -273,53 +309,50 @@
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
   </si>
   <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
   </si>
   <si>
     <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
@@ -449,132 +482,99 @@
   <si>
     <t>https://www.legislation.gov.au/Details/F2012L02133</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for bulbs</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-bulbs</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20 ; http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
     <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
@@ -1209,1551 +1209,1549 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="M3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E5" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="H5"/>
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
       <c r="I5"/>
       <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
         <v>56</v>
       </c>
-      <c r="K5" t="s">
-[...2 lines deleted...]
-      <c r="L5"/>
       <c r="M5" t="s">
         <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>58</v>
       </c>
       <c r="P5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="G8" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="H8"/>
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="M8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D9" t="s">
-        <v>86</v>
+        <v>54</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="F9" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P9" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>97</v>
+      </c>
       <c r="M10" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P10" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G11" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="I11">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="J11" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="P11" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C12" t="s">
         <v>103</v>
       </c>
-      <c r="B12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G12" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>2015</v>
+        <v>1997</v>
       </c>
       <c r="I12">
-        <v>2023</v>
+        <v>2009</v>
       </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>36</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>111</v>
+      </c>
+      <c r="P12" t="s">
         <v>107</v>
-      </c>
-[...10 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D13" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>54</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I13"/>
+        <v>2015</v>
+      </c>
+      <c r="I13">
+        <v>2023</v>
+      </c>
       <c r="J13" t="s">
         <v>115</v>
       </c>
       <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
         <v>116</v>
       </c>
-      <c r="L13"/>
       <c r="M13" t="s">
         <v>117</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>118</v>
       </c>
       <c r="P13" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>120</v>
       </c>
       <c r="B14" t="s">
         <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>123</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="G14" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="H14">
-        <v>2003</v>
-[...1 lines deleted...]
-      <c r="I14">
         <v>2013</v>
       </c>
+      <c r="I14"/>
       <c r="J14" t="s">
-        <v>56</v>
+        <v>124</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>37</v>
+        <v>126</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="P14" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B15" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C15" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H15">
-        <v>2009</v>
+        <v>2003</v>
       </c>
       <c r="I15">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="J15" t="s">
-        <v>129</v>
+        <v>66</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M15" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>132</v>
       </c>
       <c r="P15" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>134</v>
       </c>
       <c r="B16" t="s">
         <v>135</v>
       </c>
       <c r="C16" t="s">
         <v>136</v>
       </c>
       <c r="D16" t="s">
-        <v>95</v>
+        <v>137</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I16"/>
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
       <c r="J16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="P16" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D17" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="H17">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>45</v>
+        <v>146</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="M17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N17" t="s">
-        <v>148</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
         <v>149</v>
       </c>
       <c r="P17" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>151</v>
       </c>
       <c r="B18" t="s">
         <v>152</v>
       </c>
       <c r="C18" t="s">
         <v>153</v>
       </c>
       <c r="D18" t="s">
-        <v>33</v>
+        <v>154</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
         <v>55</v>
       </c>
-      <c r="H18"/>
-[...3 lines deleted...]
-      </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="L18"/>
+      <c r="L18" t="s">
+        <v>155</v>
+      </c>
       <c r="M18" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="N18" t="s">
-        <v>27</v>
+        <v>157</v>
       </c>
       <c r="O18" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="P18" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B19" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C19" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D19" t="s">
-        <v>161</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
         <v>164</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>165</v>
       </c>
       <c r="P19" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>167</v>
       </c>
       <c r="B20" t="s">
         <v>168</v>
       </c>
       <c r="C20" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>169</v>
       </c>
       <c r="M20" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
         <v>170</v>
       </c>
       <c r="P20" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>171</v>
       </c>
       <c r="B21" t="s">
         <v>172</v>
       </c>
       <c r="C21" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="D21" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>173</v>
       </c>
       <c r="P21" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>174</v>
       </c>
       <c r="B22" t="s">
         <v>175</v>
       </c>
       <c r="C22" t="s">
-        <v>160</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G22" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2016</v>
       </c>
       <c r="J22" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>176</v>
       </c>
       <c r="M22" t="s">
-        <v>164</v>
+        <v>26</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>177</v>
       </c>
       <c r="P22" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>179</v>
       </c>
       <c r="B23" t="s">
         <v>180</v>
       </c>
       <c r="C23" t="s">
         <v>181</v>
       </c>
       <c r="D23" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2020</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
         <v>182</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>183</v>
       </c>
       <c r="M23" t="s">
         <v>184</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>185</v>
       </c>
       <c r="P23" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>187</v>
       </c>
       <c r="B24" t="s">
         <v>188</v>
       </c>
       <c r="C24" t="s">
         <v>189</v>
       </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G24" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2007</v>
       </c>
       <c r="I24">
         <v>2015</v>
       </c>
       <c r="J24" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
         <v>190</v>
       </c>
       <c r="M24" t="s">
         <v>191</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
         <v>192</v>
       </c>
       <c r="P24" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>194</v>
       </c>
       <c r="B25" t="s">
         <v>195</v>
       </c>
       <c r="C25" t="s">
         <v>196</v>
       </c>
       <c r="D25" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="E25" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F25" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>197</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="M25" t="s">
         <v>198</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>199</v>
       </c>
       <c r="P25" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>201</v>
       </c>
       <c r="B26" t="s">
         <v>202</v>
       </c>
       <c r="C26" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="D26" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E26" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F26" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H26">
         <v>2012</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>197</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>203</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
         <v>204</v>
       </c>
       <c r="P26" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>206</v>
       </c>
       <c r="B27" t="s">
         <v>207</v>
       </c>
       <c r="C27" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="D27" t="s">
         <v>208</v>
       </c>
       <c r="E27" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F27" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="G27" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
       <c r="I27">
         <v>2017</v>
       </c>
       <c r="J27" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>203</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>209</v>
       </c>
       <c r="P27" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>211</v>
       </c>
       <c r="B28" t="s">
         <v>212</v>
       </c>
       <c r="C28" t="s">
         <v>213</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2002</v>
       </c>
       <c r="I28">
         <v>2016</v>
       </c>
       <c r="J28" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>214</v>
       </c>
       <c r="M28" t="s">
         <v>215</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
         <v>216</v>
       </c>
       <c r="P28" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>218</v>
       </c>
       <c r="B29" t="s">
         <v>219</v>
       </c>
       <c r="C29" t="s">
         <v>213</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E29" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F29" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>220</v>
       </c>
       <c r="M29" t="s">
         <v>215</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>221</v>
       </c>
       <c r="P29" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>223</v>
       </c>
       <c r="B30" t="s">
         <v>224</v>
       </c>
       <c r="C30" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="D30" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>225</v>
       </c>
       <c r="P30" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>227</v>
       </c>
       <c r="B31" t="s">
         <v>228</v>
       </c>
       <c r="C31" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D31" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E31" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F31" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="G31" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2011</v>
       </c>
       <c r="I31">
         <v>2020</v>
       </c>
       <c r="J31" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>229</v>
       </c>
       <c r="M31" t="s">
         <v>230</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>231</v>
       </c>
       <c r="P31" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>233</v>
       </c>
       <c r="B32" t="s">
         <v>234</v>
       </c>
       <c r="C32" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="D32" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="E32" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F32" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="G32" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="H32">
         <v>1998</v>
       </c>
       <c r="I32">
         <v>2020</v>
       </c>
       <c r="J32" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>235</v>
       </c>
       <c r="M32" t="s">
         <v>230</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>236</v>
       </c>
       <c r="P32" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>238</v>
       </c>
       <c r="B33" t="s">
         <v>239</v>
       </c>
       <c r="C33" t="s">
         <v>240</v>
       </c>
       <c r="D33" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="E33" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F33" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H33">
         <v>2016</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="M33" t="s">
         <v>241</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>242</v>
       </c>
       <c r="P33" t="s">
         <v>243</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>