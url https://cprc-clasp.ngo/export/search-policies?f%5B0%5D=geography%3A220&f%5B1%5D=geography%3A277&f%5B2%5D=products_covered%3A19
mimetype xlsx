--- v0 (2025-11-12)
+++ v1 (2025-12-31)
@@ -454,105 +454,99 @@
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
     <t>This policy applies to clothes washers which are intended for household or similar use.</t>
   </si>
   <si>
@@ -597,51 +591,51 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
   </si>
   <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
     <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
@@ -851,50 +845,53 @@
     <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>Drum washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -967,50 +964,53 @@
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
     <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
   </si>
@@ -1391,51 +1391,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2195,1522 +2195,1524 @@
       </c>
       <c r="L16" t="s">
         <v>25</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>133</v>
       </c>
       <c r="P16" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>135</v>
       </c>
       <c r="B17" t="s">
         <v>136</v>
       </c>
       <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E17" t="s">
         <v>32</v>
       </c>
       <c r="F17" t="s">
+        <v>138</v>
+      </c>
+      <c r="G17" t="s">
+        <v>8</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2024</v>
+      </c>
+      <c r="J17" t="s">
         <v>139</v>
-      </c>
-[...8 lines deleted...]
-        <v>141</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>141</v>
+      </c>
+      <c r="O17" t="s">
         <v>142</v>
       </c>
-      <c r="N17" t="s">
+      <c r="P17" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B18" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="E18" t="s">
         <v>32</v>
       </c>
       <c r="F18" t="s">
         <v>33</v>
       </c>
       <c r="G18" t="s">
         <v>52</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>62</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>147</v>
+      </c>
+      <c r="M18" t="s">
+        <v>148</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
         <v>149</v>
       </c>
-      <c r="M18" t="s">
+      <c r="P18" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C19" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>60</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19">
         <v>2024</v>
       </c>
       <c r="J19" t="s">
+        <v>154</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>155</v>
+      </c>
+      <c r="M19" t="s">
         <v>156</v>
       </c>
-      <c r="K19" t="s">
-[...2 lines deleted...]
-      <c r="L19" t="s">
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
         <v>157</v>
       </c>
-      <c r="M19" t="s">
+      <c r="P19" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>159</v>
+      </c>
+      <c r="B20" t="s">
+        <v>160</v>
+      </c>
+      <c r="C20" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D20" t="s">
         <v>19</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>60</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>1989</v>
       </c>
       <c r="I20">
         <v>2015</v>
       </c>
       <c r="J20" t="s">
         <v>112</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>162</v>
+      </c>
+      <c r="M20" t="s">
+        <v>163</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
         <v>164</v>
       </c>
-      <c r="M20" t="s">
+      <c r="P20" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B21" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D21" t="s">
         <v>78</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>60</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>1989</v>
       </c>
       <c r="I21">
         <v>2015</v>
       </c>
       <c r="J21" t="s">
         <v>112</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>168</v>
+      </c>
+      <c r="M21" t="s">
+        <v>163</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>169</v>
+      </c>
+      <c r="P21" t="s">
         <v>170</v>
-      </c>
-[...10 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B22" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C22" t="s">
         <v>77</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>32</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2002</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
         <v>79</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="M22" t="s">
         <v>81</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="P22" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B23" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C23" t="s">
         <v>77</v>
       </c>
       <c r="D23" t="s">
         <v>78</v>
       </c>
       <c r="E23" t="s">
         <v>32</v>
       </c>
       <c r="F23" t="s">
         <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2001</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
         <v>79</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>81</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="P23" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B24" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C24" t="s">
-        <v>184</v>
+        <v>153</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>60</v>
       </c>
       <c r="G24" t="s">
-        <v>52</v>
+        <v>182</v>
       </c>
       <c r="H24">
         <v>2018</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
+        <v>183</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>184</v>
+      </c>
+      <c r="M24" t="s">
+        <v>156</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
         <v>185</v>
       </c>
-      <c r="K24" t="s">
-[...2 lines deleted...]
-      <c r="L24" t="s">
+      <c r="P24" t="s">
         <v>186</v>
-      </c>
-[...10 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B25" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="C25" t="s">
         <v>49</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>60</v>
       </c>
       <c r="G25" t="s">
         <v>52</v>
       </c>
       <c r="H25">
         <v>2023</v>
       </c>
       <c r="I25">
         <v>2024</v>
       </c>
       <c r="J25" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="M25" t="s">
         <v>53</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="P25" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B26" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C26" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D26" t="s">
         <v>78</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>52</v>
       </c>
       <c r="H26">
         <v>1990</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>79</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
+        <v>194</v>
+      </c>
+      <c r="M26" t="s">
+        <v>195</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>196</v>
       </c>
-      <c r="M26" t="s">
+      <c r="P26" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B27" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C27" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D27" t="s">
         <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>52</v>
       </c>
       <c r="H27">
         <v>1990</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>79</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
+        <v>199</v>
+      </c>
+      <c r="M27" t="s">
+        <v>195</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>200</v>
+      </c>
+      <c r="P27" t="s">
         <v>201</v>
-      </c>
-[...10 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B28" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="C28" t="s">
         <v>118</v>
       </c>
       <c r="D28" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2008</v>
       </c>
       <c r="I28">
         <v>2020</v>
       </c>
       <c r="J28" t="s">
+        <v>205</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>206</v>
+      </c>
+      <c r="M28" t="s">
         <v>207</v>
       </c>
-      <c r="K28" t="s">
-[...2 lines deleted...]
-      <c r="L28" t="s">
+      <c r="N28" t="s">
         <v>208</v>
       </c>
-      <c r="M28" t="s">
+      <c r="O28" t="s">
         <v>209</v>
       </c>
-      <c r="N28" t="s">
+      <c r="P28" t="s">
         <v>210</v>
-      </c>
-[...4 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="B29" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="C29" t="s">
         <v>69</v>
       </c>
       <c r="D29" t="s">
         <v>78</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>8</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29">
         <v>2014</v>
       </c>
       <c r="J29" t="s">
         <v>112</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
+        <v>213</v>
+      </c>
+      <c r="M29" t="s">
+        <v>214</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>215</v>
       </c>
-      <c r="M29" t="s">
+      <c r="P29" t="s">
         <v>216</v>
-      </c>
-[...7 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>217</v>
+      </c>
+      <c r="B30" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D30" t="s">
         <v>19</v>
       </c>
       <c r="E30" t="s">
         <v>59</v>
       </c>
       <c r="F30" t="s">
         <v>60</v>
       </c>
       <c r="G30" t="s">
         <v>61</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
+        <v>221</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>222</v>
+      </c>
+      <c r="P30" t="s">
         <v>223</v>
-      </c>
-[...7 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="B31" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C31" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D31" t="s">
         <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>60</v>
       </c>
       <c r="G31" t="s">
         <v>61</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
+        <v>226</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>227</v>
+      </c>
+      <c r="P31" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="B32" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C32" t="s">
         <v>69</v>
       </c>
       <c r="D32" t="s">
         <v>78</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>51</v>
       </c>
       <c r="G32" t="s">
         <v>8</v>
       </c>
       <c r="H32">
         <v>2014</v>
       </c>
       <c r="I32">
         <v>2022</v>
       </c>
       <c r="J32" t="s">
         <v>112</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
+        <v>231</v>
+      </c>
+      <c r="M32" t="s">
+        <v>214</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>232</v>
+      </c>
+      <c r="P32" t="s">
         <v>233</v>
-      </c>
-[...10 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B33" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C33" t="s">
         <v>91</v>
       </c>
       <c r="D33" t="s">
         <v>19</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>51</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2002</v>
       </c>
       <c r="I33">
         <v>2006</v>
       </c>
       <c r="J33" t="s">
         <v>92</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
         <v>93</v>
       </c>
       <c r="M33" t="s">
         <v>94</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
         <v>91</v>
       </c>
       <c r="D34" t="s">
         <v>19</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>51</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2002</v>
       </c>
       <c r="I34">
         <v>2004</v>
       </c>
       <c r="J34" t="s">
         <v>92</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>93</v>
       </c>
       <c r="M34" t="s">
         <v>94</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="P34" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B35" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="C35" t="s">
         <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E35" t="s">
         <v>59</v>
       </c>
       <c r="F35" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G35" t="s">
         <v>52</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
+        <v>246</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>247</v>
+      </c>
+      <c r="P35" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B36" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C36" t="s">
         <v>103</v>
       </c>
       <c r="D36" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E36" t="s">
         <v>32</v>
       </c>
       <c r="F36" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="G36" t="s">
         <v>52</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
+        <v>246</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>250</v>
+      </c>
+      <c r="P36" t="s">
         <v>248</v>
-      </c>
-[...7 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B37" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C37" t="s">
         <v>49</v>
       </c>
       <c r="D37" t="s">
         <v>19</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>52</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="M37" t="s">
         <v>53</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="P37" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="B38" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="C38" t="s">
         <v>91</v>
       </c>
       <c r="D38" t="s">
         <v>19</v>
       </c>
       <c r="E38" t="s">
         <v>32</v>
       </c>
       <c r="F38" t="s">
         <v>33</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
         <v>2012</v>
       </c>
       <c r="J38" t="s">
         <v>92</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>94</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="P38" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>260</v>
+      </c>
+      <c r="B39" t="s">
+        <v>261</v>
+      </c>
+      <c r="C39" t="s">
         <v>262</v>
       </c>
-      <c r="B39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="G39" t="s">
-        <v>140</v>
+        <v>264</v>
       </c>
       <c r="H39">
         <v>2024</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
+        <v>265</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
         <v>266</v>
       </c>
-      <c r="K39" t="s">
-[...2 lines deleted...]
-      <c r="L39" t="s">
+      <c r="M39" t="s">
         <v>267</v>
       </c>
-      <c r="M39" t="s">
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
         <v>268</v>
       </c>
-      <c r="N39" t="s">
-[...2 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>270</v>
+      </c>
+      <c r="B40" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="C40" t="s">
         <v>125</v>
       </c>
       <c r="D40" t="s">
         <v>19</v>
       </c>
       <c r="E40" t="s">
         <v>32</v>
       </c>
       <c r="F40" t="s">
         <v>60</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2011</v>
       </c>
       <c r="I40">
         <v>2019</v>
       </c>
       <c r="J40" t="s">
         <v>62</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="M40" t="s">
         <v>128</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
+        <v>273</v>
+      </c>
+      <c r="P40" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>275</v>
+      </c>
+      <c r="B41" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="C41" t="s">
         <v>40</v>
       </c>
       <c r="D41" t="s">
         <v>19</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>51</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2010</v>
       </c>
       <c r="I41">
         <v>2013</v>
       </c>
       <c r="J41" t="s">
         <v>43</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="M41" t="s">
         <v>44</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
+        <v>278</v>
+      </c>
+      <c r="P41" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>280</v>
+      </c>
+      <c r="B42" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="C42" t="s">
         <v>103</v>
       </c>
       <c r="D42" t="s">
         <v>19</v>
       </c>
       <c r="E42" t="s">
         <v>32</v>
       </c>
       <c r="F42" t="s">
         <v>33</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2007</v>
       </c>
       <c r="I42">
         <v>2012</v>
       </c>
       <c r="J42" t="s">
         <v>105</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
+        <v>282</v>
+      </c>
+      <c r="M42" t="s">
         <v>283</v>
       </c>
-      <c r="M42" t="s">
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
         <v>284</v>
       </c>
-      <c r="N42" t="s">
-[...2 lines deleted...]
-      <c r="O42" t="s">
+      <c r="P42" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>286</v>
+      </c>
+      <c r="B43" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="C43" t="s">
         <v>103</v>
       </c>
       <c r="D43" t="s">
         <v>104</v>
       </c>
       <c r="E43" t="s">
         <v>32</v>
       </c>
       <c r="F43" t="s">
         <v>33</v>
       </c>
       <c r="G43" t="s">
         <v>52</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>105</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
+        <v>288</v>
+      </c>
+      <c r="M43" t="s">
+        <v>283</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
         <v>289</v>
       </c>
-      <c r="M43" t="s">
-[...5 lines deleted...]
-      <c r="O43" t="s">
+      <c r="P43" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>291</v>
+      </c>
+      <c r="B44" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="C44" t="s">
         <v>103</v>
       </c>
       <c r="D44" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>51</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>1997</v>
       </c>
       <c r="I44">
         <v>2022</v>
       </c>
       <c r="J44" t="s">
         <v>112</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
+        <v>293</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
         <v>294</v>
       </c>
-      <c r="N44" t="s">
-[...2 lines deleted...]
-      <c r="O44" t="s">
+      <c r="P44" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>296</v>
+      </c>
+      <c r="B45" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="E45" t="s">
         <v>32</v>
       </c>
       <c r="F45" t="s">
         <v>51</v>
       </c>
       <c r="G45" t="s">
-        <v>52</v>
+        <v>299</v>
       </c>
       <c r="H45">
         <v>2014</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>126</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>300</v>
       </c>
       <c r="P45" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>302</v>
       </c>
       <c r="B46" t="s">
         <v>303</v>
       </c>
       <c r="C46" t="s">
         <v>103</v>
       </c>
       <c r="D46" t="s">
         <v>104</v>
       </c>
       <c r="E46" t="s">
         <v>32</v>
       </c>
       <c r="F46" t="s">
         <v>51</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2014</v>
       </c>
       <c r="I46">
         <v>2024</v>
       </c>
       <c r="J46" t="s">
         <v>126</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>304</v>
       </c>
       <c r="P46" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>306</v>
       </c>
       <c r="B47" t="s">
         <v>307</v>
       </c>
       <c r="C47" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D47" t="s">
         <v>308</v>
       </c>
       <c r="E47" t="s">
         <v>32</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2015</v>
       </c>
       <c r="I47">
         <v>2016</v>
       </c>
       <c r="J47" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="K47" t="s">
         <v>309</v>
       </c>
       <c r="L47" t="s">
         <v>310</v>
       </c>
       <c r="M47" t="s">
         <v>311</v>
       </c>
       <c r="N47" t="s">
         <v>312</v>
       </c>
       <c r="O47" t="s">
         <v>313</v>
       </c>
       <c r="P47" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>315</v>
       </c>
       <c r="B48" t="s">