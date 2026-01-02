--- v0 (2025-11-08)
+++ v1 (2026-01-02)
@@ -68,93 +68,93 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Malaysia</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
@@ -510,55 +510,55 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="200.38" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -596,164 +596,164 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
       <c r="I2">
         <v>2024</v>
       </c>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
         <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>42</v>
       </c>
       <c r="K4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>43</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>