--- v0 (2025-11-11)
+++ v1 (2026-01-26)
@@ -2376,51 +2376,51 @@
       </c>
       <c r="P24" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>141</v>
       </c>
       <c r="B25" t="s">
         <v>142</v>
       </c>
       <c r="C25" t="s">
         <v>107</v>
       </c>
       <c r="D25" t="s">
         <v>143</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>68</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H25">
         <v>2021</v>
       </c>
       <c r="I25">
         <v>2024</v>
       </c>
       <c r="J25" t="s">
         <v>144</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>145</v>
       </c>
       <c r="M25" t="s">
         <v>110</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
         <v>146</v>
       </c>