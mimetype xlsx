--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -162,75 +162,69 @@
     <t>https://cprc-clasp.ngo/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
@@ -601,51 +595,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="464.744" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="274.79" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -825,184 +819,186 @@
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>41</v>
       </c>
       <c r="P4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
         <v>47</v>
-      </c>
-[...8 lines deleted...]
-        <v>49</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
         <v>50</v>
       </c>
-      <c r="N5" t="s">
+      <c r="P5" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
         <v>63</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2012</v>
       </c>
       <c r="I7">
         <v>2014</v>
       </c>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="M7" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="P7" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">