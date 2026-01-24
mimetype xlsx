--- v0 (2025-11-26)
+++ v1 (2026-01-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -226,71 +226,50 @@
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
   </si>
   <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
     <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
@@ -414,50 +393,53 @@
     <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
   </si>
   <si>
     <t>VC 8043 Incandescent Lamps</t>
   </si>
   <si>
     <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
     <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
   <si>
     <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
@@ -847,51 +829,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P22"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="836.367" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1340,677 +1322,629 @@
       </c>
       <c r="O9" t="s">
         <v>69</v>
       </c>
       <c r="P9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>72</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>73</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>75</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="L10"/>
+      <c r="L10" t="s">
+        <v>75</v>
+      </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
         <v>76</v>
       </c>
       <c r="P10" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>78</v>
       </c>
       <c r="B11" t="s">
         <v>79</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>80</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="I11">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="J11" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2009</v>
       </c>
       <c r="I12">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="J12" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="M12" t="s">
         <v>26</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I13">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="J13" t="s">
         <v>45</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>94</v>
       </c>
       <c r="M13" t="s">
         <v>26</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>95</v>
       </c>
       <c r="P13" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>97</v>
       </c>
       <c r="B14" t="s">
         <v>98</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>99</v>
       </c>
       <c r="E14" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I14">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="J14" t="s">
         <v>45</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E15" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I15">
         <v>2016</v>
       </c>
       <c r="J15" t="s">
         <v>45</v>
       </c>
       <c r="K15" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="L15" t="s">
         <v>107</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>108</v>
       </c>
       <c r="P15" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>110</v>
       </c>
       <c r="B16" t="s">
         <v>111</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>112</v>
+        <v>62</v>
       </c>
       <c r="E16" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2014</v>
+        <v>2020</v>
       </c>
       <c r="I16">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="J16" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="K16" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="M16" t="s">
         <v>26</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="P16" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B17" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="E17" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I17">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="M17" t="s">
         <v>26</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
         <v>122</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>124</v>
       </c>
       <c r="E18" t="s">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="I18">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="J18" t="s">
-        <v>45</v>
+        <v>126</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="M18" t="s">
-        <v>26</v>
+        <v>128</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="P18" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B19" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C19" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D19" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>74</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I19">
         <v>2014</v>
       </c>
       <c r="J19" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M19" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>135</v>
       </c>
       <c r="P19" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>137</v>
       </c>
       <c r="B20" t="s">
         <v>138</v>
       </c>
       <c r="C20" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="D20" t="s">
-        <v>139</v>
+        <v>86</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>125</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20">
         <v>2014</v>
       </c>
       <c r="J20" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="M20" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>142</v>
+      </c>
+      <c r="B21" t="s">
         <v>143</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
         <v>144</v>
       </c>
-      <c r="C21" t="s">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>93</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>74</v>
+        <v>145</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I21">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J21" t="s">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="K21" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="N21" t="s">
-        <v>27</v>
+        <v>149</v>
       </c>
       <c r="O21" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="P21" t="s">
-        <v>147</v>
-[...18 lines deleted...]
-      <c r="F22" t="s">
         <v>151</v>
-      </c>
-[...26 lines deleted...]
-        <v>157</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">