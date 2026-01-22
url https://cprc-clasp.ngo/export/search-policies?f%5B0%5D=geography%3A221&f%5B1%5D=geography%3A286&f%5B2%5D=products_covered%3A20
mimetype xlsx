--- v0 (2025-11-10)
+++ v1 (2026-01-22)
@@ -104,69 +104,69 @@
   <si>
     <t>New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
-    <t>This policy defines star labeling requirements and minimum energy perfomance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
-    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=M</t>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
   </si>
@@ -687,51 +687,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="570.861" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="123.827" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>