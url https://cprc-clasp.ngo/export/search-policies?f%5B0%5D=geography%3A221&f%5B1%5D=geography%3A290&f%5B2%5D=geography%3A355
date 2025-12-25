--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1281,51 +1281,51 @@
       <c r="O6" t="s">
         <v>54</v>
       </c>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>55</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>57</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>58</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="H7">
         <v>2021</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7" t="s">
         <v>59</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>60</v>
       </c>
       <c r="M7" t="s">
         <v>35</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
         <v>61</v>
       </c>