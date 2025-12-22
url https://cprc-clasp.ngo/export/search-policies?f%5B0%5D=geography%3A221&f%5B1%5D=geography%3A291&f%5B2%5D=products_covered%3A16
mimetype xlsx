--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -118,50 +118,53 @@
   <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
     <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
   <si>
     <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -518,51 +521,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="517.731" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="202.808" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="103.689" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="129.683" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -650,128 +653,128 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
       <c r="I3">
         <v>2019</v>
       </c>
       <c r="J3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
         <v>2012</v>
       </c>
       <c r="I4">
         <v>2014</v>
       </c>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="P4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">