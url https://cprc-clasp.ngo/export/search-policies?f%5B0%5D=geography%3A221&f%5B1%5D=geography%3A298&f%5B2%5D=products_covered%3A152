--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -116,80 +116,80 @@
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specifications Act: Compulsory Specification for Efficiency Requirements of Electric Motors (VC 9113)</t>
   </si>
   <si>
     <t>This compulsory specification will cover electric motors with the following parameters: 0.75kW-375kW motors, including those with variable speed drives, including 2, 4, 6, and 8 pole motors. The regulation specifies that electric motors meeting these requirements must have a minimum efficiency class of IE3 as specified in IEC 60034-30-1.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Motors</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IEC 60034-30-1</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>