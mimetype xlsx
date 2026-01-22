--- v0 (2025-11-27)
+++ v1 (2026-01-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -345,50 +345,53 @@
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
@@ -418,65 +421,50 @@
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>VC 8043 Incandescent Lamps</t>
   </si>
   <si>
     <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
@@ -507,50 +495,53 @@
   </si>
   <si>
     <t>VC 9091 Fluorescent Lamps</t>
   </si>
   <si>
     <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
     <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
   </si>
   <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
     <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
+    <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
   <si>
     <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -860,51 +851,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P26"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1694,518 +1685,470 @@
       </c>
       <c r="P16" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>106</v>
       </c>
       <c r="B17" t="s">
         <v>107</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
         <v>108</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>25</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>108</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2010</v>
       </c>
       <c r="I18">
         <v>2019</v>
       </c>
       <c r="J18" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K18" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>25</v>
       </c>
       <c r="N18" t="s">
         <v>44</v>
       </c>
       <c r="O18" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M19" t="s">
         <v>25</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P19" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20">
         <v>2015</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P20" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
       <c r="I21">
         <v>2021</v>
       </c>
       <c r="J21" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P21" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>135</v>
       </c>
       <c r="D22" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="I22">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J22" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="L22"/>
+      <c r="L22" t="s">
+        <v>138</v>
+      </c>
       <c r="M22" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="P22" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="B23" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C23" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D23" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I23">
         <v>2014</v>
       </c>
       <c r="J23" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="M23" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="P23" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C24" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D24" t="s">
-        <v>148</v>
+        <v>68</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
       <c r="I24">
         <v>2014</v>
       </c>
       <c r="J24" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="M24" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="P24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C25" t="s">
-        <v>139</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>68</v>
+        <v>136</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I25">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J25" t="s">
-        <v>141</v>
+        <v>155</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>143</v>
+        <v>25</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P25" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      <c r="A26" t="s">
         <v>157</v>
-      </c>
-[...41 lines deleted...]
-        <v>160</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">