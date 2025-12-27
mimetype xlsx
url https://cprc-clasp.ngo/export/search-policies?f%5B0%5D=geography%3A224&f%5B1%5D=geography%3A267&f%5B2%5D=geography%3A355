--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1493,51 +1493,51 @@
       </c>
       <c r="P7" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
         <v>62</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>64</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8" t="s">
         <v>65</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>66</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>26</v>
       </c>
       <c r="O8" t="s">
         <v>67</v>
       </c>